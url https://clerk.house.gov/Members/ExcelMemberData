--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98c8aadce9fd4432" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R774602ccd1c44cc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Member Data" sheetId="1" r:id="R0192c12e0db94cb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Member Data" sheetId="1" r:id="R11e56e35e2334bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0192c12e0db94cb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R11e56e35e2334bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="15" customWidth="1"/>
     <x:col min="2" max="2" width="14" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="60" customWidth="1"/>
     <x:col min="5" max="5" width="7" customWidth="1"/>
     <x:col min="6" max="6" width="36" customWidth="1"/>
     <x:col min="7" max="7" width="12" customWidth="1"/>
     <x:col min="8" max="8" width="6" customWidth="1"/>
     <x:col min="9" max="9" width="12" customWidth="1"/>
     <x:col min="10" max="10" width="12" customWidth="1"/>
     <x:col min="11" max="11" width="12" customWidth="1"/>
     <x:col min="12" max="12" width="6" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Prefix</x:t>
         </x:is>
       </x:c>
@@ -10006,50 +10006,112 @@
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G000568</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="162">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
+          <x:t>Adelita</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grijalva</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1203 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0307</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="163">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
           <x:t>Glenn</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Grothman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> 1211 Longworth House Office Building</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -10060,51 +10122,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4906</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WI06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G000576</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="163">
+    <x:row r="164">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Michael</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Guest</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10122,51 +10184,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2403</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MS03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G000591</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="164">
+    <x:row r="165">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Brett</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Guthrie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10184,51 +10246,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1702</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>KY02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G000558</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="165">
+    <x:row r="166">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Harriet</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hageman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10246,51 +10308,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5000</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WY00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001096</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="166">
+    <x:row r="167">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Abraham</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hamadeh</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10308,51 +10370,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0308</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AZ08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001098</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="167">
+    <x:row r="168">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Josh</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Harder</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10370,51 +10432,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0509</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001090</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="168">
+    <x:row r="169">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mike</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Haridopolos</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10432,51 +10494,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0908</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001099</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="169">
+    <x:row r="170">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pat</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Harrigan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10494,51 +10556,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3310</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001101</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="170">
+    <x:row r="171">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Andy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Harris</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10556,51 +10618,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2001</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001052</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="171">
+    <x:row r="172">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mark</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Harris</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10618,51 +10680,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3308</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001102</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="172">
+    <x:row r="173">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Diana</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Harshbarger</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10680,51 +10742,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4201</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TN01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001086</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="173">
+    <x:row r="174">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jahana</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hayes</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10742,51 +10804,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0705</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CT05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001081</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="174">
+    <x:row r="175">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kevin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hern</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10804,51 +10866,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3601</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OK01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001082</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="175">
+    <x:row r="176">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pablo</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>José</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hernández</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10866,51 +10928,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5401</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PR00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001103</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="176">
+    <x:row r="177">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Clay</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Higgins</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10928,51 +10990,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1803</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>LA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001077</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="177">
+    <x:row r="178">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>French</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hill</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -10990,51 +11052,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0402</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AR02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001072</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="178">
+    <x:row r="179">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>James</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>A.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Himes</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11052,51 +11114,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0704</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CT04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001047</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="179">
+    <x:row r="180">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ashley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hinson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11114,51 +11176,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1502</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IA02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001091</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="180">
+    <x:row r="181">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Steven</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Horsford</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11176,51 +11238,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2804</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NV04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001066</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="181">
+    <x:row r="182">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Erin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Houchin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11238,51 +11300,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1409</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IN09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001093</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="182">
+    <x:row r="183">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Chrissy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Houlahan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11300,51 +11362,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3806</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001085</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="183">
+    <x:row r="184">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Steny</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hoyer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11362,51 +11424,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2005</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H000874</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="184">
+    <x:row r="185">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Val</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hoyle</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11424,51 +11486,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3704</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OR04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001094</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="185">
+    <x:row r="186">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Richard</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hudson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11486,51 +11548,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3309</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001067</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="186">
+    <x:row r="187">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jared</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Huffman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11548,51 +11610,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0502</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001068</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="187">
+    <x:row r="188">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Bill</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Huizenga</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11610,51 +11672,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2204</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001058</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="188">
+    <x:row r="189">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Wesley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hunt</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11672,51 +11734,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0001</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX38</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001095</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="189">
+    <x:row r="190">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jeff</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hurd</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11734,51 +11796,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0603</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CO03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001100</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="190">
+    <x:row r="191">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Darrell</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Issa</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11796,51 +11858,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0548</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA48</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>I000056</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="191">
+    <x:row r="192">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Glenn</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ivey</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11858,51 +11920,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2004</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>I000058</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="192">
+    <x:row r="193">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Brian</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jack</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11920,51 +11982,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1003</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000311</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="193">
+    <x:row r="194">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jonathan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jackson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -11982,51 +12044,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1301</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000309</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="194">
+    <x:row r="195">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ronny</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jackson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12044,51 +12106,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4313</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX13</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000304</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="195">
+    <x:row r="196">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sara</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jacobs</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12106,51 +12168,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0551</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA51</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000305</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="196">
+    <x:row r="197">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>James</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12168,51 +12230,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2210</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000307</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="197">
+    <x:row r="198">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pramila</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jayapal</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12230,51 +12292,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4707</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000298</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="198">
+    <x:row r="199">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hakeem</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jeffries</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12292,51 +12354,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3208</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000294</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="199">
+    <x:row r="200">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Dusty</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Johnson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12354,51 +12416,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4100</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>SD00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000301</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="200">
+    <x:row r="201">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Henry</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C. "Hank"</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Johnson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jr.</x:t>
         </x:is>
       </x:c>
@@ -12416,51 +12478,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1004</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000288</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="201">
+    <x:row r="202">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Julie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Johnson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12478,51 +12540,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4332</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX32</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000310</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="202">
+    <x:row r="203">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mike</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Johnson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12540,51 +12602,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1804</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>LA04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000299</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="203">
+    <x:row r="204">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jim</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jordan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12602,51 +12664,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3504</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000289</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="204">
+    <x:row r="205">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>David</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Joyce</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12664,51 +12726,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3514</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000295</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="205">
+    <x:row r="206">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Joyce</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12726,51 +12788,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3813</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA13</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J000302</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="206">
+    <x:row r="207">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sydney</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kamlager-Dove</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12788,51 +12850,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0537</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA37</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000400</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="207">
+    <x:row r="208">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Marcy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kaptur</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12850,51 +12912,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3509</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000009</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="208">
+    <x:row r="209">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Thomas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kean</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jr.</x:t>
         </x:is>
       </x:c>
@@ -12912,51 +12974,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3007</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000398</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="209">
+    <x:row r="210">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>William</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Keating</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -12974,51 +13036,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2109</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MA09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000375</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="210">
+    <x:row r="211">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mike</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kelly</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13036,51 +13098,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3816</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA16</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000376</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="211">
+    <x:row r="212">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Robin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kelly</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13098,51 +13160,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1302</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000385</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="212">
+    <x:row r="213">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Trent</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kelly</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13160,51 +13222,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2401</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MS01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000388</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="213">
+    <x:row r="214">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mike</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kennedy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13222,51 +13284,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4403</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>UT03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000403</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="214">
+    <x:row r="215">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Timothy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kennedy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13284,51 +13346,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3226</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY26</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000402</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="215">
+    <x:row r="216">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ro</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Khanna</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13346,51 +13408,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0517</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA17</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000389</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="216">
+    <x:row r="217">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jennifer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>A.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kiggans</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13408,51 +13470,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4602</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000399</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="217">
+    <x:row r="218">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kevin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kiley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13470,51 +13532,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0503</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000401</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="218">
+    <x:row r="219">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Young</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kim</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13532,51 +13594,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0540</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA40</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000397</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="219">
+    <x:row r="220">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kimberlyn</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>King-Hinds</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13594,51 +13656,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5201</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MP00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000404</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="220">
+    <x:row r="221">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Brad</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Knott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13656,51 +13718,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3313</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC13</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000405</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="221">
+    <x:row r="222">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Raja</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Krishnamoorthi</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13718,51 +13780,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1308</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000391</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="222">
+    <x:row r="223">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>David</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kustoff</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13780,51 +13842,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4208</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TN08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000392</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="223">
+    <x:row r="224">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Darin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>LaHood</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13842,51 +13904,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1316</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL16</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000585</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="224">
+    <x:row r="225">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nick</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>LaLota</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13904,51 +13966,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3201</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000598</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="225">
+    <x:row r="226">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Doug</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>LaMalfa</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -13966,51 +14028,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0501</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000578</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="226">
+    <x:row r="227">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Greg</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Landsman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14028,51 +14090,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3501</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000601</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="227">
+    <x:row r="228">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nicholas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>A.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Langworthy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14090,51 +14152,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3223</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY23</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000600</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="228">
+    <x:row r="229">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rick</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Larsen</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14152,51 +14214,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4702</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000560</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="229">
+    <x:row r="230">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>B.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Larson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14214,51 +14276,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0701</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CT01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000557</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="230">
+    <x:row r="231">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>George</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Latimer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14276,51 +14338,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3216</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY16</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000606</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="231">
+    <x:row r="232">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Robert</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>E.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Latta</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14338,51 +14400,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3505</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000566</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="232">
+    <x:row r="233">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Michael</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lawler</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14400,51 +14462,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3217</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY17</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000599</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="233">
+    <x:row r="234">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Laurel</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lee</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14462,51 +14524,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0915</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL15</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000597</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="234">
+    <x:row r="235">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Summer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lee</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14524,51 +14586,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3812</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA12</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000602</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="235">
+    <x:row r="236">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Susie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lee</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14586,51 +14648,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2803</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NV03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000590</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="236">
+    <x:row r="237">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Teresa</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Leger Fernandez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14648,51 +14710,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3103</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NM03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000273</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="237">
+    <x:row r="238">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Julia</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Letlow</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14710,51 +14772,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1805</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>LA05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000595</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="238">
+    <x:row r="239">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mike</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Levin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14772,51 +14834,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0549</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA49</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000593</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="239">
+    <x:row r="240">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sam</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Liccardo</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14834,51 +14896,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0516</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA16</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000607</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="240">
+    <x:row r="241">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ted</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lieu</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14896,51 +14958,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0536</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA36</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000582</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="241">
+    <x:row r="242">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Zoe</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lofgren</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -14958,51 +15020,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0518</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA18</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000397</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="242">
+    <x:row r="243">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Barry</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Loudermilk</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15020,51 +15082,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1011</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000583</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="243">
+    <x:row r="244">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Frank</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lucas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15082,51 +15144,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3603</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OK03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000491</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="244">
+    <x:row r="245">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Anna Paulina</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Luna</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15144,51 +15206,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0913</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL13</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000596</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="245">
+    <x:row r="246">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Morgan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Luttrell</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15206,51 +15268,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4308</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000603</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="246">
+    <x:row r="247">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Stephen</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>F.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lynch</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15268,51 +15330,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2108</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MA08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000562</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="247">
+    <x:row r="248">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nancy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mace</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15330,51 +15392,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4001</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>SC01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M000194</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="248">
+    <x:row r="249">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ryan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mackenzie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15392,51 +15454,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3807</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001230</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="249">
+    <x:row r="250">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Seth</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Magaziner</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15454,51 +15516,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3902</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>RI02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001223</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="250">
+    <x:row r="251">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nicole</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Malliotakis</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15516,51 +15578,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3211</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M000317</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="251">
+    <x:row r="252">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Celeste</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Maloy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15578,51 +15640,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4402</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>UT02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001228</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="252">
+    <x:row r="253">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tracey</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mann</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15640,51 +15702,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1601</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>KS01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M000871</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="253">
+    <x:row r="254">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mannion</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15702,51 +15764,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3222</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY22</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001231</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="254">
+    <x:row r="255">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Thomas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Massie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15764,51 +15826,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1704</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>KY04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001184</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="255">
+    <x:row r="256">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Brian</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mast</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15826,51 +15888,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0921</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL21</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001199</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="256">
+    <x:row r="257">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Doris</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Matsui</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15888,51 +15950,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0507</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001163</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="257">
+    <x:row r="258">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lucy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McBath</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -15950,51 +16012,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1006</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001208</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="258">
+    <x:row r="259">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sarah</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McBride</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16012,51 +16074,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0800</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>DE00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001238</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="259">
+    <x:row r="260">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Michael</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McCaul</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16074,51 +16136,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4310</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001157</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="260">
+    <x:row r="261">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lisa</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McClain</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16136,51 +16198,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2209</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001136</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="261">
+    <x:row r="262">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>April</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McClain Delaney</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16198,51 +16260,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2006</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001232</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="262">
+    <x:row r="263">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jennifer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McClellan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16260,51 +16322,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4604</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001227</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="263">
+    <x:row r="264">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tom</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McClintock</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16322,51 +16384,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0505</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001177</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="264">
+    <x:row r="265">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Betty</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McCollum</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16384,51 +16446,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2304</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MN04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001143</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="265">
+    <x:row r="266">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Richard</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McCormick</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16446,51 +16508,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1007</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001218</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="266">
+    <x:row r="267">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kristen</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McDonald Rivet</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16508,51 +16570,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2208</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001237</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="267">
+    <x:row r="268">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Addison</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McDowell</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16570,51 +16632,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3306</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001240</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="268">
+    <x:row r="269">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Morgan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McGarvey</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16632,51 +16694,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1703</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>KY03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001220</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="269">
+    <x:row r="270">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>James</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McGovern</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16694,51 +16756,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2102</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MA02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M000312</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="270">
+    <x:row r="271">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McGuire</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>III</x:t>
         </x:is>
       </x:c>
@@ -16756,51 +16818,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4605</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001239</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="271">
+    <x:row r="272">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>LaMonica</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>McIver</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16818,51 +16880,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3010</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001229</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="272">
+    <x:row r="273">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gregory</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Meeks</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16880,51 +16942,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3205</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001137</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="273">
+    <x:row r="274">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Robert</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Menendez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16942,51 +17004,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3008</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001226</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="274">
+    <x:row r="275">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Grace</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Meng</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17004,51 +17066,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3206</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001188</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="275">
+    <x:row r="276">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mark</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>B.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Messmer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17066,51 +17128,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1408</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IN08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001233</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="276">
+    <x:row r="277">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Daniel</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Meuser</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17128,51 +17190,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3809</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001204</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="277">
+    <x:row r="278">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kweisi</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mfume</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17190,51 +17252,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2007</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M000687</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="278">
+    <x:row r="279">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Carol</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Miller</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17252,51 +17314,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4801</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WV01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001205</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="279">
+    <x:row r="280">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mary</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>E.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Miller</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17314,51 +17376,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1315</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL15</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001211</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="280">
+    <x:row r="281">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Max</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Miller</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17376,51 +17438,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3507</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001222</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="281">
+    <x:row r="282">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mariannette</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Miller-Meeks</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17438,51 +17500,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1501</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IA01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001215</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="282">
+    <x:row r="283">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Cory</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mills</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17500,51 +17562,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0907</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001216</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="283">
+    <x:row r="284">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Dave</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Min</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17562,51 +17624,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0547</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA47</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001241</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="284">
+    <x:row r="285">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moolenaar</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17624,51 +17686,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2202</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001194</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="285">
+    <x:row r="286">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Barry</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moore</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17686,51 +17748,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0101</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AL01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001212</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="286">
+    <x:row r="287">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Blake</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moore</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17748,51 +17810,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4401</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>UT01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001213</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="287">
+    <x:row r="288">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gwen</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moore</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17810,51 +17872,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4904</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WI04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001160</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="288">
+    <x:row r="289">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Riley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moore</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17872,51 +17934,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4802</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WV02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001235</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="289">
+    <x:row r="290">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tim</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moore</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17934,51 +17996,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0001</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001236</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="290">
+    <x:row r="291">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nathaniel</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moran</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17996,51 +18058,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4301</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001224</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="291">
+    <x:row r="292">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Joseph</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Morelle</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18058,51 +18120,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3225</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY25</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001206</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="292">
+    <x:row r="293">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kelly</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Morrison</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18120,51 +18182,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2303</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MN03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001234</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="293">
+    <x:row r="294">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jared</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moskowitz</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18182,51 +18244,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0923</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL23</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001217</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="294">
+    <x:row r="295">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Seth</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moulton</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18244,51 +18306,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2106</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MA06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001196</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="295">
+    <x:row r="296">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>James</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moylan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18306,51 +18368,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5301</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GU00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001219</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="296">
+    <x:row r="297">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Frank</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mrvan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18368,51 +18430,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1401</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IN01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001214</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="297">
+    <x:row r="298">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kevin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mullin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18430,51 +18492,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0515</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA15</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001225</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="298">
+    <x:row r="299">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gregory</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>F.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Murphy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18492,51 +18554,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3303</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001210</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="299">
+    <x:row r="300">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jerrold</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nadler</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18554,51 +18616,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3212</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY12</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000002</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="300">
+    <x:row r="301">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Richard</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>E.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Neal</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18616,51 +18678,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2101</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MA01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000015</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="301">
+    <x:row r="302">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Joe</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Neguse</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18678,51 +18740,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0602</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CO02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000191</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="302">
+    <x:row r="303">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Troy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>E.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nehls</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18740,51 +18802,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4322</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX22</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000026</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="303">
+    <x:row r="304">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Dan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Newhouse</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18802,51 +18864,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4704</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000189</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="304">
+    <x:row r="305">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Donald</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Norcross</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18864,51 +18926,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3001</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000188</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="305">
+    <x:row r="306">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ralph</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Norman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18926,51 +18988,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4005</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>SC05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000190</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="306">
+    <x:row r="307">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Eleanor</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Holmes</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Norton</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18988,51 +19050,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5101</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>DC00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000147</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="307">
+    <x:row r="308">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Zachary</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nunn</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19050,51 +19112,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1503</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000193</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="308">
+    <x:row r="309">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jay</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Obernolte</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19112,51 +19174,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0523</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA23</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000019</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="309">
+    <x:row r="310">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Alexandria</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ocasio-Cortez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19174,51 +19236,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3214</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000172</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="310">
+    <x:row r="311">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Andrew</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ogles</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19236,51 +19298,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4205</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TN05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000175</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="311">
+    <x:row r="312">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Johnny</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Olszewski</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jr.</x:t>
         </x:is>
       </x:c>
@@ -19298,51 +19360,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2002</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000176</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="312">
+    <x:row r="313">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ilhan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Omar</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19360,51 +19422,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2305</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MN05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000173</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="313">
+    <x:row r="314">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Robert</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>F.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Onder</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jr.</x:t>
         </x:is>
       </x:c>
@@ -19422,51 +19484,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2503</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MO03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000177</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="314">
+    <x:row r="315">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Burgess</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Owens</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19484,51 +19546,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4404</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>UT04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000086</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="315">
+    <x:row r="316">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Frank</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pallone</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jr.</x:t>
         </x:is>
       </x:c>
@@ -19546,51 +19608,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3006</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000034</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="316">
+    <x:row r="317">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gary</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Palmer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19608,51 +19670,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0106</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AL06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000609</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="317">
+    <x:row r="318">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jimmy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Panetta</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19670,51 +19732,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0519</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA19</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000613</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="318">
+    <x:row r="319">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Chris</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pappas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19732,51 +19794,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2901</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NH01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000614</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="319">
+    <x:row r="320">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jimmy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Patronis</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19794,51 +19856,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0901</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000622</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="320">
+    <x:row r="321">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nancy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pelosi</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19856,51 +19918,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0511</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000197</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="321">
+    <x:row r="322">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Marie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gluesenkamp</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Perez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19918,51 +19980,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4703</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G000600</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="322">
+    <x:row r="323">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Perry</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19980,51 +20042,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3810</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000605</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="323">
+    <x:row r="324">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Peters</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20042,51 +20104,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0550</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA50</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000608</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="324">
+    <x:row r="325">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Brittany</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pettersen</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20104,51 +20166,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0607</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CO07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000620</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="325">
+    <x:row r="326">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>August</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pfluger</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20166,51 +20228,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4311</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000048</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="326">
+    <x:row r="327">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Chellie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pingree</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20228,51 +20290,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1901</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ME01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000597</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="327">
+    <x:row r="328">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Stacey</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>E.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Plaskett</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20290,51 +20352,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5500</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VI00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000610</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="328">
+    <x:row r="329">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mark</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pocan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20352,51 +20414,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4902</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WI02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000607</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="329">
+    <x:row r="330">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nellie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pou</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20414,51 +20476,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3009</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000621</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="330">
+    <x:row r="331">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ayanna</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pressley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20476,51 +20538,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2107</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MA07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000617</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="331">
+    <x:row r="332">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mike</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Quigley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20538,51 +20600,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1305</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Q000023</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="332">
+    <x:row r="333">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Aumua Amata</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Coleman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Radewagen</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20600,51 +20662,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5200</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AS00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000600</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="333">
+    <x:row r="334">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Delia</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ramirez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20662,51 +20724,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1303</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000617</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="334">
+    <x:row r="335">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Emily</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Randall</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20724,51 +20786,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4706</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000621</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="335">
+    <x:row r="336">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jamie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Raskin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20786,51 +20848,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2008</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000606</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="336">
+    <x:row r="337">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Guy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Reschenthaler</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20848,51 +20910,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3814</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000610</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="337">
+    <x:row r="338">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Josh</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Riley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20910,51 +20972,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3219</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY19</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000622</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="338">
+    <x:row r="339">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Luz</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rivas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20972,51 +21034,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0529</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA29</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000620</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="339">
+    <x:row r="340">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Harold</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rogers</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21034,51 +21096,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1705</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>KY05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000395</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="340">
+    <x:row r="341">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mike</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rogers</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21096,51 +21158,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0103</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AL03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000575</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="341">
+    <x:row r="342">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rose</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21158,51 +21220,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4206</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TN06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000612</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="342">
+    <x:row r="343">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Deborah</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ross</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21220,51 +21282,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3302</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000305</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="343">
+    <x:row r="344">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>David</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rouzer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21282,51 +21344,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3307</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000603</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="344">
+    <x:row r="345">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Chip</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Roy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21344,51 +21406,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4321</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX21</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000614</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="345">
+    <x:row r="346">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Raul</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ruiz</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21406,51 +21468,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0525</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA25</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000599</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="346">
+    <x:row r="347">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Michael</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>A.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rulli</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21468,51 +21530,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3506</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000619</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="347">
+    <x:row r="348">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rutherford</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21530,51 +21592,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0905</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000609</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="348">
+    <x:row r="349">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Patrick</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ryan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21592,51 +21654,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3218</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY18</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000579</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="349">
+    <x:row r="350">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Maria</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Elvira</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Salazar</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21654,51 +21716,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0927</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL27</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000168</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="350">
+    <x:row r="351">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Andrea</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Salinas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21716,51 +21778,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0001</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OR06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001226</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="351">
+    <x:row r="352">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Linda</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sánchez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21778,51 +21840,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0538</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA38</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001156</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="352">
+    <x:row r="353">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Steve</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scalise</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21840,51 +21902,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1801</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>LA01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001176</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="353">
+    <x:row r="354">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mary Gay</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scanlon</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21902,51 +21964,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3805</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001205</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="354">
+    <x:row r="355">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Janice</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Schakowsky</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21964,51 +22026,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1309</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001145</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="355">
+    <x:row r="356">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Derek</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Schmidt</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22026,51 +22088,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1602</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>KS02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001228</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="356">
+    <x:row r="357">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Bradley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Schneider</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22088,51 +22150,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1310</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001190</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="357">
+    <x:row r="358">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hillary</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scholten</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22150,51 +22212,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2203</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001221</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="358">
+    <x:row r="359">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kim</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Schrier</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22212,51 +22274,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4708</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001216</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="359">
+    <x:row r="360">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>David</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Schweikert</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22274,51 +22336,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0301</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AZ01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001183</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="360">
+    <x:row r="361">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Austin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22336,51 +22398,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1008</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001189</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="361">
+    <x:row r="362">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>David</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22398,51 +22460,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1013</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA13</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001157</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="362">
+    <x:row r="363">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Robert</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C. "Bobby"</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22460,51 +22522,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4603</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000185</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="363">
+    <x:row r="364">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Keith</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Self</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22522,51 +22584,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4303</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001224</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="364">
+    <x:row r="365">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pete</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sessions</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22584,51 +22646,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4317</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX17</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000250</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="365">
+    <x:row r="366">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Terri</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>A.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sewell</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22646,51 +22708,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0107</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AL07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001185</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="366">
+    <x:row r="367">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Brad</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sherman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22708,4740 +22770,4678 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0532</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA32</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000344</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="367">
-[...17 lines deleted...]
-          <x:t>Sherrill</x:t>
+    <x:row r="368">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jefferson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Shreve</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 224 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1406</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001229</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="369">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lateefah</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Simon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1023 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0512</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001231</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="370">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Simpson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2084 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1202</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>ID02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001148</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="371">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2264 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4709</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000510</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="372">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adrian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 502 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2703</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NE03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001172</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="373">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Christopher</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2373 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3004</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000522</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="374">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jason</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1011 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2508</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MO08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001195</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="375">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lloyd</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smucker</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 302 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3811</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001199</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="376">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eric</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sorensen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1314 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1317</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001225</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="377">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Darren</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Soto</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2353 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0909</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001200</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="378">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Victoria</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Spartz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1609 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1405</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000929</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="379">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Melanie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stansbury</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1421 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3101</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NM01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001218</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="380">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Greg</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stanton</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 207 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0304</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001211</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="381">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pete</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stauber</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 145 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2308</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001212</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="382">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Elise</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stefanik</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2211 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3221</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY21</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001196</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="383">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bryan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steil</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1526 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4901</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001213</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="384">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gregory</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steube</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2457 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0917</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001214</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="385">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Haley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stevens</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2411 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2211</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001215</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="386">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marilyn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Strickland</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1724 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4710</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001159</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="387">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dale</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Strong</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 449 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0105</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AL05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001220</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="388">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marlin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stutzman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 404 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1403</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001188</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="389">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Suhas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Subramanyam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1009 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4610</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001230</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="390">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thomas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Suozzi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 203 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3203</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001201</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="391">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eric</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Swalwell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 174 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0514</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001193</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="392">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Emilia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Strong</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sykes</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1217 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3513</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001223</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="393">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mark</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Takano</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2078 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0539</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA39</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000472</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="394">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>David</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Taylor</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 325 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3502</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000490</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="395">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Claudia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tenney</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2230 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3224</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY24</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000478</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="396">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Shri</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thanedar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 154 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2213</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000488</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="397">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bennie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thompson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2466 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2402</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MS02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000193</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="398">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Glenn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thompson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 400 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3815</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA15</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000467</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="399">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thompson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 268 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0504</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000460</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="400">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thomas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tiffany</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 451 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4907</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000165</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="401">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>William</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Timmons</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IV</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 267 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4004</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>SC04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000480</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="402">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dina</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Titus</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2370 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2801</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NV01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000468</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="403">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rashida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tlaib</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2438 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2212</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000481</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="404">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jill</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tokuda</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1027 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1102</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>HI02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000487</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="405">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Paul</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tonko</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2269 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3220</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY20</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000469</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="406">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Norma</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Torres</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2227 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0535</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA35</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000474</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="407">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ritchie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Torres</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1414 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3215</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY15</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000486</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="408">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lori</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Trahan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2233 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2103</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000482</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="409">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Derek</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tran</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1127 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0545</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA45</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000491</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="410">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Turner</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2183 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3510</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000463</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="411">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lauren</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Underwood</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2228 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1314</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>U000040</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="412">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>David</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Valadao</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2465 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0522</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA22</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000129</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="413">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jefferson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Van Drew</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2447 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3002</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000133</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="414">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Beth</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Van Duyne</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1725 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4324</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX24</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000134</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="415">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Matt</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Van Epps</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2446 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4207</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TN07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000139</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="416">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Derrick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Van Orden</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1513 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4903</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000135</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="417">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Juan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vargas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2467 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0552</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA52</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000130</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="418">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gabe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vasquez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 322 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3102</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NM02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000136</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="419">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marc</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Veasey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2186 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4333</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX33</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000131</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="420">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nydia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Velázquez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2302 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3207</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000081</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="421">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eugene</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Simon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vindman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1005 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4607</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000138</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="422">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ann</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wagner</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2350 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2502</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MO02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000812</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="423">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tim</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Walberg</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2266 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2205</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000798</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="424">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Walkinshaw</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2265 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4611</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000831</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="425">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Debbie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wasserman Schultz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 270 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0925</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL25</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000797</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="426">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maxine</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Waters</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2221 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0543</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA43</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000187</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="427">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bonnie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Watson Coleman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 168 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3012</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000822</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="428">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Randy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Weber</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 107 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4314</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000814</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="429">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Daniel</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Webster</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2184 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0911</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000806</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="430">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bruce</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Westerman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 202 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0404</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AR04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000821</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="431">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>George</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Whitesides</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1504 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0527</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA27</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000830</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="432">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tony</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wied</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 424 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4908</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000829</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="433">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nikema</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Williams</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1406 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1005</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000788</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="434">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Roger</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Williams</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2336 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4325</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX25</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000816</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="435">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frederica</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wilson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2080 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0924</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL24</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000808</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="436">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wilson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1436 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4002</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>SC02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000795</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="437">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wittman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2055 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4601</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000804</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="438">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steve</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Womack</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2412 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0403</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AR03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000809</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="439">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rudy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Yakym</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>III</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 349 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1402</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Y000067</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="440">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ryan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Zinke</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 512 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2600</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MT01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Z000018</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="441">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Office of the 11th Congressional District of New Jersey</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> 1427 Longworth House Office Building</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Washington</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3011</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
-          <x:t>S001207</x:t>
-[...4472 lines deleted...]
-    <x:row r="440">
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> </x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="442">
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Office of the 18th Congressional District of Texas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> 1318 Longworth House Office Building</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Washington</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4318</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX18</x:t>
-        </x:is>
-[...122 lines deleted...]
-          <x:t>TN07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> </x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>