--- v1 (2025-12-17)
+++ v2 (2026-01-08)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R774602ccd1c44cc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd4d074744741fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Member Data" sheetId="1" r:id="R11e56e35e2334bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Member Data" sheetId="1" r:id="Ra4c886c2934b475a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R11e56e35e2334bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4c886c2934b475a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="15" customWidth="1"/>
     <x:col min="2" max="2" width="14" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="60" customWidth="1"/>
     <x:col min="5" max="5" width="7" customWidth="1"/>
     <x:col min="6" max="6" width="36" customWidth="1"/>
     <x:col min="7" max="7" width="12" customWidth="1"/>
     <x:col min="8" max="8" width="6" customWidth="1"/>
     <x:col min="9" max="9" width="12" customWidth="1"/>
     <x:col min="10" max="10" width="12" customWidth="1"/>
     <x:col min="11" max="11" width="12" customWidth="1"/>
     <x:col min="12" max="12" width="6" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Prefix</x:t>
         </x:is>
       </x:c>
@@ -9882,17566 +9882,17566 @@
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G000553</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="160">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
-          <x:t>Marjorie</x:t>
+          <x:t>H.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Morgan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Griffith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2110 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4609</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000568</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="161">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adelita</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grijalva</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1203 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0307</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="162">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Glenn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grothman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1211 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4906</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000576</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="163">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Guest</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 450 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2403</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MS03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000591</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="164">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brett</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Guthrie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2161 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1702</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>KY02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000558</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="165">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Harriet</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hageman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1227 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-5000</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WY00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001096</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="166">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Abraham</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hamadeh</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1722 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0308</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001098</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="167">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Josh</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Harder</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 209 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0509</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001090</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="168">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Haridopolos</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1039 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0908</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001099</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="169">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pat</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Harrigan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1233 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3310</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001101</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="170">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Andy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Harris</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1536 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2001</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001052</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="171">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mark</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Harris</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 126 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3308</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001102</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="172">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Diana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Harshbarger</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 167 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4201</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TN01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001086</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="173">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jahana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hayes</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2049 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0705</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001081</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="174">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kevin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hern</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 171 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3601</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OK01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001082</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="175">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pablo</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>José</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hernández</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1419 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-5401</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PR00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001103</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="176">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Clay</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Higgins</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 572 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1803</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001077</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="177">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>French</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hill</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1533 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0402</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AR02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001072</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="178">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Himes</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2137 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0704</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001047</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="179">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ashley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hinson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2458 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1502</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IA02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001091</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="180">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steven</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Horsford</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 406 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2804</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NV04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001066</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="181">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Erin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Houchin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 342 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1409</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001093</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="182">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Chrissy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Houlahan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1727 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3806</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001085</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="183">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steny</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hoyer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1705 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2005</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H000874</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="184">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Val</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hoyle</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1620 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3704</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OR04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001094</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="185">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Richard</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hudson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2112 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3309</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001067</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="186">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jared</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Huffman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2330 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0502</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001068</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="187">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bill</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Huizenga</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2232 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2204</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001058</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="188">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wesley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hunt</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1520 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0001</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX38</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001095</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="189">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jeff</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hurd</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1641 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0603</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001100</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="190">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Darrell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Issa</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2108 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0548</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA48</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>I000056</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="191">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Glenn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ivey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1610 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2004</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>I000058</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="192">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jack</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1320 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1003</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000311</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="193">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jonathan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jackson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1632 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1301</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000309</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="194">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ronny</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jackson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 125 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4313</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000304</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="195">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sara</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jacobs</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2348 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0551</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA51</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000305</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="196">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1519 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2210</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000307</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="197">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pramila</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jayapal</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2346 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4707</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000298</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="198">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hakeem</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jeffries</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2267 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3208</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000294</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="199">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dusty</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Johnson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1714 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4100</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>SD00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000301</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="200">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Henry</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C. "Hank"</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Johnson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2240 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1004</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000288</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="201">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Julie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Johnson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 221 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4332</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX32</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000310</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="202">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Johnson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 521 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1804</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000299</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="203">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jim</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jordan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2056 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3504</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000289</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="204">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>David</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joyce</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2065 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3514</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000295</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="205">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joyce</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2102 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3813</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000302</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="206">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sydney</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kamlager-Dove</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 144 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0537</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA37</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000400</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="207">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marcy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kaptur</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2314 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3509</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000009</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="208">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thomas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kean</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 251 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3007</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000398</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="209">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>William</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Keating</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2372 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2109</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000375</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="210">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kelly</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1707 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3816</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA16</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000376</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="211">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kelly</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2329 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1302</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000385</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="212">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Trent</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kelly</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2243 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2401</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MS01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000388</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="213">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kennedy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1626 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4403</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>UT03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000403</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="214">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Timothy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kennedy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 423 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3226</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY26</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000402</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="215">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ro</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Khanna</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 306 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0517</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000389</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jennifer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kiggans</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 152 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4602</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000399</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kevin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kiley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2445 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0503</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000401</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Young</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kim</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2439 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0540</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA40</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000397</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kimberlyn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>King-Hinds</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 425 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-5201</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MP00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000404</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="220">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brad</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Knott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1239 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3313</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000405</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="221">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Raja</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Krishnamoorthi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2367 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1308</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000391</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="222">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>David</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kustoff</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 560 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4208</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TN08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000392</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="223">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Darin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LaHood</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 503 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1316</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL16</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000585</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="224">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LaLota</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 122 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3201</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000598</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="225">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Greg</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Landsman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2244 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3501</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000601</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="226">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nicholas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Langworthy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 422 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3223</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY23</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000600</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="227">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Larsen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2163 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4702</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000560</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="228">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Larson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1501 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0701</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000557</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="229">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>George</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Latimer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1507 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3216</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY16</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="230">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Latta</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2470 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3505</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000566</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="231">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lawler</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 324 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3217</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000599</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="232">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Laurel</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2464 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0915</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL15</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000597</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="233">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Summer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2437 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3812</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000602</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="234">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Susie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 365 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2803</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NV03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000590</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="235">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Teresa</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Leger Fernandez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2417 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3103</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NM03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000273</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="236">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Julia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Letlow</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 142 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1805</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LA05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000595</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="237">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Levin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2352 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0549</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA49</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000593</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="238">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Liccardo</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1117 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0516</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA16</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000607</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="239">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ted</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lieu</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2454 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0536</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA36</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000582</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="240">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Zoe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lofgren</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1401 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0518</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA18</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000397</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="241">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Barry</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Loudermilk</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2133 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1011</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000583</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="242">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frank</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lucas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2405 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3603</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OK03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000491</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="243">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Anna Paulina</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Luna</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 226 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0913</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000596</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="244">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Morgan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Luttrell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 444 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4308</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000603</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="245">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stephen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lynch</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2109 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2108</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000562</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="246">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nancy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mace</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1728 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4001</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>SC01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M000194</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="247">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ryan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mackenzie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 121 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3807</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001230</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="248">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Seth</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Magaziner</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 252 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3902</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>RI02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001223</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="249">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nicole</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Malliotakis</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1124 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3211</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M000317</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="250">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Celeste</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maloy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 249 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4402</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>UT02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001228</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="251">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tracey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mann</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 344 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1601</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>KS01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M000871</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="252">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mannion</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1516 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3222</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY22</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001231</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="253">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thomas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Massie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2371 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1704</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>KY04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001184</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="254">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mast</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2182 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0921</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL21</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001199</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="255">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Doris</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Matsui</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2206 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0507</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001163</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="256">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lucy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McBath</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2246 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1006</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001208</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="257">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sarah</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McBride</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1306 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0800</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DE00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001238</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="258">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McCaul</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2300 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4310</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001157</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="259">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lisa</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McClain</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 562 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2209</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001136</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="260">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>April</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McClain Delaney</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1130 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2006</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001232</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="261">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jennifer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McClellan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1628 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4604</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001227</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="262">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tom</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McClintock</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2256 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0505</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001177</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="263">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Betty</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McCollum</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2426 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2304</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001143</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="264">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Richard</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McCormick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1719 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1007</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001218</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="265">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kristen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McDonald Rivet</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1408 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2208</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001237</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="266">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Addison</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McDowell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1032 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3306</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001240</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="267">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Morgan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McGarvey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1527 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1703</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>KY03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001220</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="268">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McGovern</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 370 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2102</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M000312</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="269">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McGuire</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>III</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1013 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4605</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001239</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="270">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LaMonica</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McIver</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 426 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3010</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001229</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="271">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gregory</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Meeks</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2310 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3205</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001137</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="272">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Menendez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2453 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3008</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001226</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="273">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grace</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Meng</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2468 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3206</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001188</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="274">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mark</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Messmer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1208 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1408</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001233</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="275">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Daniel</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Meuser</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 350 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3809</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001204</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="276">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kweisi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mfume</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2263 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2007</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M000687</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="277">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Carol</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Miller</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 465 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4801</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WV01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001205</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="278">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mary</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Miller</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1740 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1315</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL15</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001211</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="279">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Max</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Miller</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 143 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3507</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001222</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="280">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mariannette</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Miller-Meeks</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 504 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1501</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IA01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001215</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="281">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Cory</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mills</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 346 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0907</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001216</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="282">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dave</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Min</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1034 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0547</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA47</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001241</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="283">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moolenaar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 246 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2202</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001194</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="284">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Barry</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moore</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1511 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0101</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AL01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001212</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="285">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Blake</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moore</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1131 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4401</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>UT01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001213</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="286">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gwen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moore</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2252 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4904</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001160</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="287">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Riley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moore</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1337 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4802</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WV02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001235</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="288">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tim</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moore</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1424 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0001</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001236</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="289">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nathaniel</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moran</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1605 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4301</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001224</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="290">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joseph</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Morelle</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 570 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3225</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY25</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001206</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="291">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kelly</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Morrison</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1205 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2303</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001234</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="292">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jared</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moskowitz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 242 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0923</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL23</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001217</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="293">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Seth</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moulton</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1126 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2106</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001196</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="294">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moylan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 228 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-5301</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GU00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001219</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="295">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frank</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mrvan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2441 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1401</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001214</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="296">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kevin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mullin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1404 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0515</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA15</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001225</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="297">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gregory</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Murphy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 407 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3303</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001210</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="298">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jerrold</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nadler</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2132 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3212</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000002</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="299">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Richard</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Neal</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 372 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2101</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000015</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="300">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Neguse</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2400 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0602</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000191</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="301">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Troy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nehls</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1104 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4322</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX22</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000026</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="302">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Newhouse</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 460 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4704</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000189</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="303">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Donald</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Norcross</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2427 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3001</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000188</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="304">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ralph</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Norman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 569 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4005</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>SC05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000190</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="305">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eleanor</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Holmes</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Norton</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2136 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-5101</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000147</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="306">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Zachary</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nunn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1410 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1503</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000193</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="307">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jay</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Obernolte</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2433 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0523</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA23</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000019</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="308">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Alexandria</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ocasio-Cortez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 250 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3214</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000172</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="309">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Andrew</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ogles</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 151 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4205</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TN05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000175</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="310">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Johnny</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Olszewski</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1339 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2002</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000176</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="311">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ilhan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Omar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1730 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2305</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000173</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="312">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Onder</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1113 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2503</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MO03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000177</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="313">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Burgess</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Owens</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 309 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4404</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>UT04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000086</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="314">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frank</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pallone</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2107 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3006</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000034</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="315">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gary</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Palmer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 170 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0106</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AL06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000609</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="316">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jimmy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Panetta</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 200 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0519</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA19</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000613</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="317">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Chris</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pappas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 452 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2901</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NH01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000614</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="318">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jimmy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Patronis</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2021 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0901</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000622</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="319">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nancy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pelosi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1236 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0511</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000197</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="320">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gluesenkamp</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Perez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1431 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4703</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000600</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="321">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Perry</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2160 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3810</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000605</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="322">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Peters</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2369 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0550</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA50</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000608</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="323">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brittany</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pettersen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 348 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0607</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000620</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="324">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>August</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pfluger</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2202 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4311</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000048</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="325">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Chellie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pingree</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2354 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1901</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>ME01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000597</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="326">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stacey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Plaskett</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2059 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-5500</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VI00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000610</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="327">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mark</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pocan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1026 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4902</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000607</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="328">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nellie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pou</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1007 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3009</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000621</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="329">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ayanna</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pressley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 402 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2107</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000617</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="330">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Quigley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2083 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1305</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Q000023</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="331">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Aumua Amata</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Coleman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Radewagen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2001 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-5200</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AS00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000600</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="332">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Delia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ramirez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1523 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1303</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000617</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="333">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Emily</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Randall</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1531 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4706</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000621</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="334">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jamie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Raskin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2242 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2008</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="335">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Guy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Reschenthaler</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2209 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3814</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000610</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="336">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Josh</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Riley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 128 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3219</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY19</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000622</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="337">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Luz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rivas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1319 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0529</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA29</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000620</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="338">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Harold</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rogers</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2406 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1705</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>KY05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000395</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="339">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rogers</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2469 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0103</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AL03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000575</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="340">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rose</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2238 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4206</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TN06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000612</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="341">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Deborah</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ross</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1221 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3302</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000305</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="342">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>David</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rouzer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2333 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3307</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000603</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="343">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Chip</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Roy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 103 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4321</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX21</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000614</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="344">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Raul</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ruiz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2342 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0525</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA25</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000599</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="345">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rulli</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 421 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3506</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000619</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="346">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rutherford</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1711 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0905</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000609</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="347">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Patrick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ryan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1708 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3218</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY18</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000579</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="348">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maria</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Elvira</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Salazar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2162 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0927</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL27</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000168</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="349">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Andrea</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Salinas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 403 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0001</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OR06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001226</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="350">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Linda</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sánchez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2309 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0538</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA38</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001156</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="351">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steve</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scalise</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 266 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1801</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LA01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001176</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="352">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mary Gay</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scanlon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1214 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3805</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001205</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="353">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Janice</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Schakowsky</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2408 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1309</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001145</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="354">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Derek</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Schmidt</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1223 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1602</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>KS02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001228</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="355">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bradley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Schneider</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 300 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1310</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001190</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="356">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hillary</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scholten</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1317 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2203</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001221</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="357">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kim</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Schrier</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1110 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4708</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001216</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="358">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>David</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Schweikert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 166 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0301</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001183</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="359">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Austin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2185 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1008</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001189</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="360">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>David</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 468 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1013</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001157</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="361">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C. "Bobby"</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2328 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4603</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000185</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="362">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Keith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Self</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1030 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4303</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001224</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="363">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pete</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sessions</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2204 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4317</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000250</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="364">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Terri</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sewell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1035 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0107</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AL07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001185</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="365">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brad</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sherman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2365 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0532</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA32</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000344</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="366">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jefferson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Shreve</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 224 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1406</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001229</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="367">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lateefah</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Simon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1023 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0512</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001231</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="368">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Simpson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2084 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1202</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>ID02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001148</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="369">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2264 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4709</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000510</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="370">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adrian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 502 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2703</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NE03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001172</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="371">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Christopher</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2373 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3004</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000522</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="372">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jason</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1011 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2508</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MO08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001195</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="373">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lloyd</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smucker</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 302 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3811</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001199</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="374">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eric</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sorensen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1314 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1317</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001225</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="375">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Darren</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Soto</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2353 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0909</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001200</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="376">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Victoria</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Spartz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1609 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1405</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000929</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="377">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Melanie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stansbury</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1421 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3101</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NM01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001218</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="378">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Greg</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stanton</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 207 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0304</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001211</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="379">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pete</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stauber</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 145 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2308</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001212</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="380">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Elise</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stefanik</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2211 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3221</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY21</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001196</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="381">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bryan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steil</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1526 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4901</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001213</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="382">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gregory</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steube</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2457 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0917</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001214</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="383">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Haley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stevens</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2411 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2211</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001215</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="384">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marilyn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Strickland</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1724 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4710</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001159</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="385">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dale</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Strong</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 449 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0105</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AL05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001220</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="386">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marlin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stutzman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 404 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1403</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001188</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="387">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Suhas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Subramanyam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1009 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4610</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001230</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="388">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thomas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Suozzi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 203 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3203</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001201</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="389">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eric</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Swalwell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 174 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0514</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001193</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="390">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Emilia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Strong</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sykes</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1217 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3513</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001223</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="391">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mark</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Takano</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2078 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0539</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA39</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000472</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="392">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>David</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Taylor</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
-          <x:t>Greene</x:t>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 325 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3502</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000490</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="393">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Claudia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tenney</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2230 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3224</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY24</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000478</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="394">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Shri</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thanedar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 154 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2213</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000488</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="395">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bennie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thompson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2466 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2402</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MS02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000193</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="396">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Glenn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thompson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 400 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3815</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA15</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000467</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="397">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thompson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 268 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0504</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000460</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="398">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thomas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tiffany</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 451 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4907</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000165</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="399">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>William</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Timmons</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IV</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 267 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4004</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>SC04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000480</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="400">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dina</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Titus</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2370 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2801</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NV01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000468</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="401">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rashida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tlaib</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2438 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2212</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000481</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="402">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jill</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tokuda</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1027 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1102</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>HI02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000487</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="403">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Paul</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tonko</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2269 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3220</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY20</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000469</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="404">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Norma</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Torres</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2227 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0535</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA35</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000474</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="405">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ritchie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Torres</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1414 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3215</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY15</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000486</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="406">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lori</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Trahan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2233 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2103</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000482</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="407">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Derek</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tran</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1127 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0545</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA45</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000491</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="408">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Turner</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2183 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3510</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000463</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="409">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lauren</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Underwood</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2228 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1314</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>U000040</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="410">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>David</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Valadao</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2465 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0522</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA22</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000129</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="411">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jefferson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Van Drew</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2447 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3002</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000133</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="412">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Beth</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Van Duyne</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1725 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4324</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX24</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000134</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="413">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Matt</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Van Epps</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2446 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4207</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TN07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000139</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="414">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Derrick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Van Orden</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1513 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4903</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000135</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="415">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Juan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vargas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2467 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0552</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA52</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000130</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="416">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gabe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vasquez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 322 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3102</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NM02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000136</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="417">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marc</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Veasey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2186 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4333</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX33</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000131</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="418">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nydia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Velázquez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2302 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3207</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000081</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="419">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eugene</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Simon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vindman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1005 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4607</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000138</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="420">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ann</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wagner</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2350 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2502</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MO02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000812</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="421">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tim</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Walberg</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2266 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2205</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000798</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="422">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Walkinshaw</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2265 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4611</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000831</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="423">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Debbie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wasserman Schultz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 270 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0925</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL25</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000797</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="424">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maxine</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Waters</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2221 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0543</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA43</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000187</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="425">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bonnie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Watson Coleman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 168 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3012</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000822</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="426">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Randy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Weber</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 107 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4314</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000814</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="427">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Daniel</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Webster</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2184 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0911</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000806</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="428">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bruce</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Westerman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 202 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0404</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AR04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000821</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="429">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>George</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Whitesides</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1504 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0527</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA27</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000830</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="430">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tony</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wied</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 424 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4908</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000829</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="431">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nikema</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Williams</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1406 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1005</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000788</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="432">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Roger</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Williams</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2336 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4325</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX25</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000816</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="433">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frederica</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wilson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2080 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0924</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL24</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000808</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="434">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wilson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1436 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4002</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>SC02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000795</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="435">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wittman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2055 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4601</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000804</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="436">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steve</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Womack</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 2412 Rayburn House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-0403</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AR03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000809</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="437">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rudy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Yakym</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>III</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 349 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-1402</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Y000067</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="438">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ryan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Zinke</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 512 Cannon House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-2600</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MT01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Z000018</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="439">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Office of the 11th Congressional District of New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1427 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-3011</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> </x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="440">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Office of the 14th Congressional District of Georgia</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> 2201 Rayburn House Office Building</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Washington</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1014</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
-          <x:t>G000596</x:t>
-[...4056 lines deleted...]
-          <x:t>LaMalfa</x:t>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> </x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="441">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Office of the 18th Congressional District of Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1318 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4318</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX18</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> </x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="442">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Office of the 1st Congressional District of California</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> 408 Cannon House Office Building</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Washington</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0501</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA01</x:t>
-        </x:is>
-[...13390 lines deleted...]
-          <x:t>TX18</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> </x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>