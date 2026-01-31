--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd4d074744741fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1eaaa89594480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Member Data" sheetId="1" r:id="Ra4c886c2934b475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Member Data" sheetId="1" r:id="R7be008897bfd4bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4c886c2934b475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7be008897bfd4bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="15" customWidth="1"/>
     <x:col min="2" max="2" width="14" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="60" customWidth="1"/>
     <x:col min="5" max="5" width="7" customWidth="1"/>
     <x:col min="6" max="6" width="36" customWidth="1"/>
     <x:col min="7" max="7" width="12" customWidth="1"/>
     <x:col min="8" max="8" width="6" customWidth="1"/>
     <x:col min="9" max="9" width="12" customWidth="1"/>
     <x:col min="10" max="10" width="12" customWidth="1"/>
     <x:col min="11" max="11" width="12" customWidth="1"/>
     <x:col min="12" max="12" width="6" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Prefix</x:t>
         </x:is>
       </x:c>