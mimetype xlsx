--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1eaaa89594480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619ed339f35a43c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Member Data" sheetId="1" r:id="R7be008897bfd4bdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Member Data" sheetId="1" r:id="R3affc46ba0484c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7be008897bfd4bdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3affc46ba0484c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="15" customWidth="1"/>
     <x:col min="2" max="2" width="14" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="60" customWidth="1"/>
     <x:col min="5" max="5" width="7" customWidth="1"/>
     <x:col min="6" max="6" width="36" customWidth="1"/>
     <x:col min="7" max="7" width="12" customWidth="1"/>
     <x:col min="8" max="8" width="6" customWidth="1"/>
     <x:col min="9" max="9" width="12" customWidth="1"/>
     <x:col min="10" max="10" width="12" customWidth="1"/>
     <x:col min="11" max="11" width="12" customWidth="1"/>
     <x:col min="12" max="12" width="6" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Prefix</x:t>
         </x:is>
       </x:c>
@@ -16826,50 +16826,112 @@
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001137</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="272">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
+          <x:t>Christian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Menefee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t> 1318 Longworth House Office Building</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DC</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20515-4318</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX18</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001245</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="273">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>The Honorable</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
           <x:t>Robert</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Menendez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> 2453 Rayburn House Office Building</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -16880,51 +16942,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3008</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001226</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="273">
+    <x:row r="274">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Grace</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Meng</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -16942,51 +17004,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3206</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001188</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="274">
+    <x:row r="275">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mark</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>B.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Messmer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17004,51 +17066,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1408</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IN08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001233</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="275">
+    <x:row r="276">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Daniel</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Meuser</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17066,51 +17128,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3809</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001204</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="276">
+    <x:row r="277">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kweisi</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mfume</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17128,51 +17190,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2007</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M000687</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="277">
+    <x:row r="278">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Carol</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Miller</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17190,51 +17252,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4801</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WV01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001205</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="278">
+    <x:row r="279">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mary</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>E.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Miller</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17252,51 +17314,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1315</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL15</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001211</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="279">
+    <x:row r="280">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Max</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Miller</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17314,51 +17376,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3507</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001222</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="280">
+    <x:row r="281">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mariannette</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Miller-Meeks</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17376,51 +17438,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1501</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IA01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001215</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="281">
+    <x:row r="282">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Cory</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mills</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17438,51 +17500,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0907</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001216</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="282">
+    <x:row r="283">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Dave</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Min</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17500,51 +17562,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0547</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA47</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001241</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="283">
+    <x:row r="284">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moolenaar</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17562,51 +17624,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2202</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001194</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="284">
+    <x:row r="285">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Barry</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moore</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17624,51 +17686,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0101</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AL01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001212</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="285">
+    <x:row r="286">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Blake</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moore</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17686,51 +17748,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4401</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>UT01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001213</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="286">
+    <x:row r="287">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gwen</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moore</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17748,51 +17810,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4904</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WI04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001160</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="287">
+    <x:row r="288">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Riley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moore</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17810,51 +17872,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4802</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WV02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001235</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="288">
+    <x:row r="289">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tim</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moore</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17872,51 +17934,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0001</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001236</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="289">
+    <x:row r="290">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nathaniel</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moran</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17934,51 +17996,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4301</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001224</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="290">
+    <x:row r="291">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Joseph</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Morelle</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -17996,51 +18058,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3225</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY25</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001206</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="291">
+    <x:row r="292">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kelly</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Morrison</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18058,51 +18120,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2303</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MN03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001234</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="292">
+    <x:row r="293">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jared</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moskowitz</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18120,51 +18182,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0923</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL23</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001217</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="293">
+    <x:row r="294">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Seth</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moulton</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18182,51 +18244,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2106</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MA06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001196</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="294">
+    <x:row r="295">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>James</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Moylan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18244,51 +18306,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5301</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GU00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001219</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="295">
+    <x:row r="296">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Frank</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mrvan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18306,51 +18368,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1401</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IN01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001214</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="296">
+    <x:row r="297">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kevin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mullin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18368,51 +18430,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0515</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA15</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001225</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="297">
+    <x:row r="298">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gregory</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>F.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Murphy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18430,51 +18492,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3303</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001210</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="298">
+    <x:row r="299">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jerrold</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nadler</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18492,51 +18554,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3212</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY12</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000002</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="299">
+    <x:row r="300">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Richard</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>E.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Neal</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18554,51 +18616,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2101</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MA01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000015</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="300">
+    <x:row r="301">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Joe</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Neguse</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18616,51 +18678,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0602</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CO02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000191</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="301">
+    <x:row r="302">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Troy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>E.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nehls</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18678,51 +18740,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4322</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX22</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000026</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="302">
+    <x:row r="303">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Dan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Newhouse</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18740,51 +18802,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4704</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000189</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="303">
+    <x:row r="304">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Donald</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Norcross</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18802,51 +18864,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3001</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000188</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="304">
+    <x:row r="305">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ralph</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Norman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18864,51 +18926,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4005</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>SC05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000190</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="305">
+    <x:row r="306">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Eleanor</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Holmes</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Norton</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18926,51 +18988,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5101</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>DC00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000147</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="306">
+    <x:row r="307">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Zachary</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nunn</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -18988,51 +19050,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1503</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000193</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="307">
+    <x:row r="308">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jay</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Obernolte</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19050,51 +19112,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0523</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA23</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000019</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="308">
+    <x:row r="309">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Alexandria</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ocasio-Cortez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19112,51 +19174,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3214</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000172</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="309">
+    <x:row r="310">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Andrew</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ogles</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19174,51 +19236,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4205</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TN05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000175</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="310">
+    <x:row r="311">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Johnny</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Olszewski</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jr.</x:t>
         </x:is>
       </x:c>
@@ -19236,51 +19298,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2002</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000176</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="311">
+    <x:row r="312">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ilhan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Omar</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19298,51 +19360,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2305</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MN05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000173</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="312">
+    <x:row r="313">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Robert</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>F.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Onder</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jr.</x:t>
         </x:is>
       </x:c>
@@ -19360,51 +19422,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2503</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MO03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000177</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="313">
+    <x:row r="314">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Burgess</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Owens</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19422,51 +19484,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4404</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>UT04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000086</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="314">
+    <x:row r="315">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Frank</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pallone</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jr.</x:t>
         </x:is>
       </x:c>
@@ -19484,51 +19546,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3006</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000034</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="315">
+    <x:row r="316">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gary</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Palmer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19546,51 +19608,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0106</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AL06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000609</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="316">
+    <x:row r="317">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jimmy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Panetta</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19608,51 +19670,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0519</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA19</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000613</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="317">
+    <x:row r="318">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Chris</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pappas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19670,51 +19732,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2901</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NH01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000614</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="318">
+    <x:row r="319">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jimmy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Patronis</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19732,51 +19794,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0901</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000622</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="319">
+    <x:row r="320">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nancy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pelosi</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19794,51 +19856,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0511</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000197</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="320">
+    <x:row r="321">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Marie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gluesenkamp</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Perez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19856,51 +19918,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4703</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G000600</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="321">
+    <x:row r="322">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Perry</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19918,51 +19980,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3810</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000605</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="322">
+    <x:row r="323">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Peters</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -19980,51 +20042,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0550</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA50</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000608</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="323">
+    <x:row r="324">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Brittany</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pettersen</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20042,51 +20104,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0607</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CO07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000620</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="324">
+    <x:row r="325">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>August</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pfluger</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20104,51 +20166,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4311</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000048</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="325">
+    <x:row r="326">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Chellie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pingree</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20166,51 +20228,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1901</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ME01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000597</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="326">
+    <x:row r="327">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Stacey</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>E.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Plaskett</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20228,51 +20290,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5500</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VI00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000610</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="327">
+    <x:row r="328">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mark</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pocan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20290,51 +20352,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4902</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WI02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000607</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="328">
+    <x:row r="329">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nellie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pou</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20352,51 +20414,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3009</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000621</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="329">
+    <x:row r="330">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ayanna</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pressley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20414,51 +20476,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2107</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MA07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P000617</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="330">
+    <x:row r="331">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mike</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Quigley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20476,51 +20538,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1305</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Q000023</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="331">
+    <x:row r="332">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Aumua Amata</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Coleman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Radewagen</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20538,51 +20600,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-5200</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AS00</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000600</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="332">
+    <x:row r="333">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Delia</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ramirez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20600,51 +20662,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1303</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000617</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="333">
+    <x:row r="334">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Emily</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Randall</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20662,51 +20724,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4706</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000621</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="334">
+    <x:row r="335">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jamie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Raskin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20724,51 +20786,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2008</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000606</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="335">
+    <x:row r="336">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Guy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Reschenthaler</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20786,51 +20848,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3814</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000610</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="336">
+    <x:row r="337">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Josh</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Riley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20848,51 +20910,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3219</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY19</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000622</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="337">
+    <x:row r="338">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Luz</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rivas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20910,51 +20972,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0529</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA29</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000620</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="338">
+    <x:row r="339">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Harold</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rogers</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -20972,51 +21034,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1705</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>KY05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000395</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="339">
+    <x:row r="340">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mike</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rogers</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21034,51 +21096,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0103</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AL03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000575</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="340">
+    <x:row r="341">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rose</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21096,51 +21158,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4206</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TN06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000612</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="341">
+    <x:row r="342">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Deborah</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ross</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21158,51 +21220,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3302</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000305</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="342">
+    <x:row r="343">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>David</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rouzer</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21220,51 +21282,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3307</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NC07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000603</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="343">
+    <x:row r="344">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Chip</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Roy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21282,51 +21344,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4321</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX21</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000614</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="344">
+    <x:row r="345">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Raul</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ruiz</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21344,51 +21406,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0525</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA25</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000599</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="345">
+    <x:row r="346">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Michael</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>A.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rulli</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21406,51 +21468,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3506</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000619</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="346">
+    <x:row r="347">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>John</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rutherford</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21468,51 +21530,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0905</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000609</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="347">
+    <x:row r="348">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Patrick</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ryan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21530,51 +21592,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3218</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY18</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R000579</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="348">
+    <x:row r="349">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Maria</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Elvira</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Salazar</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21592,51 +21654,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0927</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL27</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000168</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="349">
+    <x:row r="350">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Andrea</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Salinas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21654,51 +21716,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0001</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OR06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001226</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="350">
+    <x:row r="351">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Linda</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sánchez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21716,51 +21778,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0538</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA38</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001156</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="351">
+    <x:row r="352">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Steve</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scalise</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21778,51 +21840,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1801</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>LA01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001176</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="352">
+    <x:row r="353">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mary Gay</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scanlon</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21840,51 +21902,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3805</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001205</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="353">
+    <x:row r="354">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Janice</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Schakowsky</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21902,51 +21964,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1309</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001145</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="354">
+    <x:row r="355">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Derek</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Schmidt</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -21964,51 +22026,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1602</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>KS02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001228</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="355">
+    <x:row r="356">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Bradley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Schneider</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22026,51 +22088,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1310</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001190</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="356">
+    <x:row r="357">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Hillary</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scholten</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22088,51 +22150,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2203</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001221</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="357">
+    <x:row r="358">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kim</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Schrier</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22150,51 +22212,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4708</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001216</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="358">
+    <x:row r="359">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>David</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Schweikert</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22212,51 +22274,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0301</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AZ01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001183</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="359">
+    <x:row r="360">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Austin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22274,51 +22336,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1008</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001189</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="360">
+    <x:row r="361">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>David</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22336,51 +22398,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1013</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA13</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001157</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="361">
+    <x:row r="362">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Robert</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C. "Bobby"</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Scott</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22398,51 +22460,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4603</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000185</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="362">
+    <x:row r="363">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Keith</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Self</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22460,51 +22522,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4303</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001224</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="363">
+    <x:row r="364">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pete</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sessions</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22522,51 +22584,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4317</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX17</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000250</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="364">
+    <x:row r="365">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Terri</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>A.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sewell</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22584,51 +22646,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0107</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AL07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001185</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="365">
+    <x:row r="366">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Brad</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sherman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22646,51 +22708,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0532</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA32</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000344</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="366">
+    <x:row r="367">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jefferson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Shreve</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22708,51 +22770,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1406</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IN06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001229</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="367">
+    <x:row r="368">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lateefah</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Simon</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22770,51 +22832,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0512</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA12</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001231</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="368">
+    <x:row r="369">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Michael</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Simpson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22832,51 +22894,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1202</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ID02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001148</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="369">
+    <x:row r="370">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Adam</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Smith</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22894,51 +22956,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4709</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000510</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="370">
+    <x:row r="371">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Adrian</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Smith</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -22956,51 +23018,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2703</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NE03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001172</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="371">
+    <x:row r="372">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Christopher</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Smith</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23018,51 +23080,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3004</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000522</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="372">
+    <x:row r="373">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jason</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Smith</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23080,51 +23142,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2508</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MO08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001195</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="373">
+    <x:row r="374">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lloyd</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Smucker</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23142,51 +23204,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3811</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001199</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="374">
+    <x:row r="375">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Eric</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sorensen</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23204,51 +23266,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1317</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL17</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001225</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="375">
+    <x:row r="376">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Darren</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Soto</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23266,51 +23328,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0909</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL09</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001200</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="376">
+    <x:row r="377">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Victoria</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Spartz</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23328,51 +23390,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1405</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IN05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S000929</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="377">
+    <x:row r="378">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Melanie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>A.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Stansbury</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23390,51 +23452,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3101</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NM01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001218</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="378">
+    <x:row r="379">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Greg</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Stanton</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23452,51 +23514,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0304</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AZ04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001211</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="379">
+    <x:row r="380">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pete</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Stauber</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23514,51 +23576,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2308</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MN08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001212</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="380">
+    <x:row r="381">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Elise</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Stefanik</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23576,51 +23638,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3221</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY21</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001196</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="381">
+    <x:row r="382">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Bryan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Steil</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23638,51 +23700,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4901</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WI01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001213</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="382">
+    <x:row r="383">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gregory</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Steube</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23700,51 +23762,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0917</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL17</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001214</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="383">
+    <x:row r="384">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Haley</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Stevens</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23762,51 +23824,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2211</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001215</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="384">
+    <x:row r="385">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Marilyn</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Strickland</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23824,51 +23886,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4710</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001159</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="385">
+    <x:row r="386">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Dale</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Strong</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23886,51 +23948,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0105</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AL05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001220</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="386">
+    <x:row r="387">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Marlin</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>A.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Stutzman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -23948,51 +24010,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1403</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IN03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001188</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="387">
+    <x:row r="388">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Suhas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Subramanyam</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24010,51 +24072,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4610</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001230</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="388">
+    <x:row r="389">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Thomas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Suozzi</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24072,51 +24134,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3203</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001201</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="389">
+    <x:row r="390">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Eric</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Swalwell</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24134,51 +24196,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0514</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001193</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="390">
+    <x:row r="391">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Emilia</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Strong</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sykes</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24196,51 +24258,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3513</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH13</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001223</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="391">
+    <x:row r="392">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mark</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Takano</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24258,51 +24320,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0539</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA39</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000472</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="392">
+    <x:row r="393">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>David</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Taylor</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24320,51 +24382,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3502</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000490</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="393">
+    <x:row r="394">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Claudia</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tenney</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24382,51 +24444,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3224</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY24</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000478</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="394">
+    <x:row r="395">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Shri</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Thanedar</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24444,51 +24506,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2213</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI13</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000488</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="395">
+    <x:row r="396">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Bennie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Thompson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24506,51 +24568,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2402</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MS02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000193</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="396">
+    <x:row r="397">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Glenn</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Thompson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24568,51 +24630,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3815</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA15</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000467</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="397">
+    <x:row r="398">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Mike</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Thompson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24630,51 +24692,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0504</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000460</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="398">
+    <x:row r="399">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Thomas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>P.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tiffany</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24692,51 +24754,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4907</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WI07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000165</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="399">
+    <x:row r="400">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>William</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Timmons</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IV</x:t>
         </x:is>
       </x:c>
@@ -24754,51 +24816,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4004</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>SC04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000480</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="400">
+    <x:row r="401">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Dina</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Titus</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24816,51 +24878,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2801</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NV01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000468</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="401">
+    <x:row r="402">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rashida</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tlaib</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24878,51 +24940,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2212</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI12</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000481</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="402">
+    <x:row r="403">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jill</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tokuda</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -24940,51 +25002,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1102</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>HI02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000487</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="403">
+    <x:row r="404">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Paul</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tonko</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25002,51 +25064,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3220</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY20</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000469</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="404">
+    <x:row r="405">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Norma</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Torres</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25064,51 +25126,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0535</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA35</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000474</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="405">
+    <x:row r="406">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ritchie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Torres</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25126,51 +25188,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3215</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY15</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000486</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="406">
+    <x:row r="407">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lori</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Trahan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25188,51 +25250,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2103</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000482</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="407">
+    <x:row r="408">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Derek</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tran</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25250,51 +25312,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0545</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA45</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000491</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="408">
+    <x:row r="409">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Michael</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Turner</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25312,51 +25374,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3510</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OH10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000463</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="409">
+    <x:row r="410">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Lauren</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Underwood</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25374,51 +25436,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1314</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IL14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>U000040</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="410">
+    <x:row r="411">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>David</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Valadao</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25436,51 +25498,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0522</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA22</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>V000129</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="411">
+    <x:row r="412">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Jefferson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Van Drew</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25498,51 +25560,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3002</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>V000133</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="412">
+    <x:row r="413">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Beth</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Van Duyne</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25560,51 +25622,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4324</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX24</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>V000134</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="413">
+    <x:row r="414">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Matt</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Van Epps</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25622,51 +25684,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4207</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TN07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>V000139</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="414">
+    <x:row r="415">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Derrick</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Van Orden</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25684,51 +25746,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4903</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WI03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>V000135</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="415">
+    <x:row r="416">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Juan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Vargas</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25746,51 +25808,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0552</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA52</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>V000130</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="416">
+    <x:row r="417">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Gabe</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Vasquez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25808,51 +25870,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3102</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NM02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>V000136</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="417">
+    <x:row r="418">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Marc</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>A.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Veasey</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25870,51 +25932,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4333</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX33</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>V000131</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="418">
+    <x:row r="419">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nydia</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Velázquez</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25932,51 +25994,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3207</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>V000081</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="419">
+    <x:row r="420">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Eugene</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Simon</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Vindman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -25994,51 +26056,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4607</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>V000138</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="420">
+    <x:row r="421">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ann</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Wagner</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26056,51 +26118,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2502</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MO02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000812</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="421">
+    <x:row r="422">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tim</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Walberg</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26118,51 +26180,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2205</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000798</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="422">
+    <x:row r="423">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>James</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Walkinshaw</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26180,51 +26242,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4611</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000831</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="423">
+    <x:row r="424">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Debbie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Wasserman Schultz</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26242,51 +26304,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0925</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL25</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000797</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="424">
+    <x:row r="425">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Maxine</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Waters</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26304,51 +26366,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0543</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA43</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000187</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="425">
+    <x:row r="426">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Bonnie</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Watson Coleman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26366,51 +26428,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3012</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ12</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000822</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="426">
+    <x:row r="427">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Randy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Weber</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Sr.</x:t>
         </x:is>
       </x:c>
@@ -26428,51 +26490,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4314</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX14</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000814</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="427">
+    <x:row r="428">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Daniel</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Webster</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26490,51 +26552,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0911</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000806</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="428">
+    <x:row r="429">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Bruce</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Westerman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26552,51 +26614,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0404</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AR04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000821</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="429">
+    <x:row r="430">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>George</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Whitesides</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26614,51 +26676,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0527</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA27</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000830</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="430">
+    <x:row r="431">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Tony</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Wied</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26676,51 +26738,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4908</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WI08</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000829</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="431">
+    <x:row r="432">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Nikema</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Williams</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26738,51 +26800,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1005</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA05</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000788</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="432">
+    <x:row r="433">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Roger</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Williams</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26800,51 +26862,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4325</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>TX25</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000816</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="433">
+    <x:row r="434">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Frederica</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Wilson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26862,51 +26924,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0924</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL24</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000808</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>D</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="434">
+    <x:row r="435">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Joe</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Wilson</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26924,51 +26986,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4002</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>SC02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000795</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="435">
+    <x:row r="436">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Robert</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>J.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Wittman</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -26986,51 +27048,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-4601</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000804</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="436">
+    <x:row r="437">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Steve</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Womack</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -27048,51 +27110,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0403</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AR03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000809</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="437">
+    <x:row r="438">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Rudy</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Yakym</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>III</x:t>
         </x:is>
       </x:c>
@@ -27110,51 +27172,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1402</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IN02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Y000067</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="438">
+    <x:row r="439">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Ryan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K.</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Zinke</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -27172,51 +27234,51 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-2600</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MT01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Z000018</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>R</x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="439">
+    <x:row r="440">
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Office of the 11th Congressional District of New Jersey</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -27234,161 +27296,99 @@
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-3011</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> </x:t>
         </x:is>
       </x:c>
     </x:row>
-    <x:row r="440">
+    <x:row r="441">
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Office of the 14th Congressional District of Georgia</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> 2201 Rayburn House Office Building</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Washington</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-1014</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>GA14</x:t>
-        </x:is>
-[...60 lines deleted...]
-          <x:t>TX18</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t> </x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="442">
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">