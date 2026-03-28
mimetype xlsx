--- v4 (2026-02-20)
+++ v5 (2026-03-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619ed339f35a43c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86fe65f21ab4e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Member Data" sheetId="1" r:id="R3affc46ba0484c25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Member Data" sheetId="1" r:id="R7a301129d02548e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3affc46ba0484c25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a301129d02548e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="15" customWidth="1"/>
     <x:col min="2" max="2" width="14" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="60" customWidth="1"/>
     <x:col min="5" max="5" width="7" customWidth="1"/>
     <x:col min="6" max="6" width="36" customWidth="1"/>
     <x:col min="7" max="7" width="12" customWidth="1"/>
     <x:col min="8" max="8" width="6" customWidth="1"/>
     <x:col min="9" max="9" width="12" customWidth="1"/>
     <x:col min="10" max="10" width="12" customWidth="1"/>
     <x:col min="11" max="11" width="12" customWidth="1"/>
     <x:col min="12" max="12" width="6" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Prefix</x:t>
         </x:is>
       </x:c>
@@ -13466,51 +13466,51 @@
           <x:t>Washington</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>DC</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>20515-0503</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>K000401</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
-          <x:t>R</x:t>
+          <x:t>I</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="218">
       <x:c t="inlineStr">
         <x:is>
           <x:t>The Honorable</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Young</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Kim</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">