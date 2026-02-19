--- v0 (2026-01-29)
+++ v1 (2026-02-19)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94f5355336c84d10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294cfada63d148fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R147ce4635ba14b94"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R6a7bc795b6be4c22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R2256bc73d05c4dc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R284c9e63ac4f40ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R2a89d5b7cd814eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R147ce4635ba14b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R5a00440de26946d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R6a7bc795b6be4c22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2256bc73d05c4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R284c9e63ac4f40ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R2a89d5b7cd814eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -1471,50 +1471,6706 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>F000476</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Florida</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>FL10</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>January 22nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="29">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Teresa</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Leger Fernandez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000273</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Mexico</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NM03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="30">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Yvette</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Clarke</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001067</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="31">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sheila</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Cherfilus-McCormick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001127</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL20</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="32">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mary Gay</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scanlon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001205</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="33">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>32</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Becca</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Balint</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001318</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vermont</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VT00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="34">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jill</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tokuda</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000487</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hawaii</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>HI02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="35">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>34</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jahana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hayes</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001081</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Connecticut</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="36">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frankel</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000462</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL22</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="37">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Shontel</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brown</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001313</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ohio</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="38">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>37</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jennifer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McClellan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001227</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Virginia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="39">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nikema</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Williams</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000788</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Georgia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="40">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LaMonica</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McIver</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001229</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="41">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nellie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pou</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000621</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="42">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>George</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Latimer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY16</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="43">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Emilia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Strong</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sykes</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001223</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ohio</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="44">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steven</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Horsford</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001066</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nevada</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NV04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="45">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Emily</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Randall</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000621</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="46">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Katherine</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Clark</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001101</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Massachusetts</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="47">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Deborah</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ross</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000305</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>North Carolina</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="48">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Debbie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wasserman Schultz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000797</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL25</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="49">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Donald</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Beyer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001292</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Virginia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="50">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Veronica</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Escobar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E000299</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX16</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="51">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Suhas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Subramanyam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001230</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Virginia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="52">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Paul</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tonko</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000469</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY20</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="53">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lauren</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Underwood</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>U000040</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="54">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gabe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Amo</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A000380</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rhode Island</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>RI01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="55">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Shri</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thanedar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000488</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michigan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="56">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kathy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Castor</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001066</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="57">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lucy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McBath</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001208</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Georgia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="58">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Suzanne</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bonamici</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001278</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Oregon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OR01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="59">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>58</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gwen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moore</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001160</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wisconsin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="60">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stephen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lynch</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000562</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Massachusetts</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="61">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lizzie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Fletcher</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000468</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="62">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Danny</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Davis</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000096</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="63">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Shomari</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Figures</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000481</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Alabama</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AL02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="64">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bonnie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Watson Coleman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000822</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="65">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>André</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Carson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001072</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Indiana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="66">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dwight</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Evans</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E000296</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="67">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maria</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Elvira</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Salazar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000168</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL27</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="68">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Menendez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001226</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="69">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Timothy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kennedy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000402</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY26</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="70">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kelly</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Morrison</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001234</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Minnesota</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="71">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Troy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Carter</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001125</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Louisiana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LA02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="72">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>William</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Keating</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000375</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Massachusetts</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="73">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>72</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marcy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kaptur</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000009</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ohio</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="74">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>73</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frederica</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wilson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000808</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL24</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="75">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>74</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Luz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rivas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000620</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA29</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="76">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>75</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Morgan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McGarvey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001220</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kentucky</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>KY03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="77">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>76</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jamie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Raskin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maryland</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="78">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rosa</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DeLauro</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000216</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Connecticut</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="79">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>78</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bennie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thompson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000193</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mississippi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MS02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="80">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>79</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jake</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Auchincloss</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A000148</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Massachusetts</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="81">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>80</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Glenn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ivey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>I000058</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maryland</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="82">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>81</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Terri</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sewell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001185</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Alabama</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AL07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="83">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>82</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nancy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pelosi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000197</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="84">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>83</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Greg</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Landsman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000601</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ohio</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="85">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>84</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Suzan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DelBene</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000617</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="86">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>85</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jimmy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gomez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000585</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA34</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="87">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>86</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thomas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Suozzi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001201</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="88">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>87</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Angie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Craig</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001119</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Minnesota</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="89">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>88</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Seth</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Magaziner</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001223</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rhode Island</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>RI02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="90">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>89</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brittany</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pettersen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000620</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Colorado</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="91">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>90</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Richard</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Neal</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000015</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Massachusetts</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="92">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>91</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gilbert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ray</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Cisneros</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001123</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA31</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="93">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>92</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sarah</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Elfreth</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E000301</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maryland</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="94">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>93</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sanford</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bishop</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B000490</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Georgia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="95">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>94</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Chrissy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Houlahan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001085</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="96">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>95</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hillary</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scholten</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001221</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michigan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="97">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>96</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Liccardo</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000607</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA16</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="98">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>97</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pramila</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jayapal</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000298</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="99">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>98</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jesús</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G. "Chuy"</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>García</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000586</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="100">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>99</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grace</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Meng</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001188</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="101">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>100</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sydney</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kamlager-Dove</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000400</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA37</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="102">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>101</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Laura</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Friedman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000483</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA30</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="103">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>102</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frank</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pallone</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000034</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="104">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>103</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Clyburn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C000537</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>South Carolina</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>SC06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="105">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>104</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jared</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Moskowitz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001217</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL23</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="106">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>105</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Norma</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Torres</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000474</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA35</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="107">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>106</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Andrea</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Salinas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001226</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Oregon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OR06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="108">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>107</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Chellie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pingree</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000597</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maine</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>ME01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="109">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>108</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adelita</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grijalva</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="110">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>109</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Susie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000590</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nevada</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NV03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 3rd, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="111">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>110</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ritchie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Torres</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000486</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY15</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="112">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>111</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Diana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DeGette</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000197</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Colorado</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="113">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>112</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adriano</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Espaillat</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E000297</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="114">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>113</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kelly</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000385</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="115">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>114</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Betty</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McCollum</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001143</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Minnesota</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="116">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>115</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frank</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mrvan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001214</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Indiana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="117">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>116</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Madeleine</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dean</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000631</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="118">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>117</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Cleo</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Fields</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000110</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Louisiana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="119">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>118</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wesley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001324</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Missouri</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MO01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="120">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>119</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Julie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Johnson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000310</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX32</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="121">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>120</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marilyn</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Strickland</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001159</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="122">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>121</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Christian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Menefee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001245</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX18</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="123">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>122</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steve</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Cohen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001068</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tennessee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TN09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="124">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>123</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maxine</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dexter</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000635</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Oregon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OR03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="125">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>124</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jonathan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jackson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000309</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="126">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>125</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C. "Bobby"</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000185</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Virginia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="127">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>126</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Debbie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dingell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000624</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michigan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="128">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>127</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ilhan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Omar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000173</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Minnesota</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="129">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>128</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Greg</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stanton</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001211</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="130">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>129</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Darren</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Soto</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001200</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 9th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="131">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>130</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Janelle</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bynum</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001326</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Oregon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OR05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 9th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="132">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>131</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Zoe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lofgren</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000397</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA18</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 9th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="133">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>132</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Chris</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pappas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000614</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Hampshire</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NH01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 9th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="134">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>133</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Fitzpatrick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000466</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 10th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="135">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>134</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Raja</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Krishnamoorthi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000391</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 10th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="136">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>135</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Quigley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Q000023</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 10th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="137">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>136</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maxine</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Waters</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000187</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA43</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 10th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="138">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>137</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lloyd</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Doggett</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000399</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX37</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 10th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="139">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>138</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brendan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Boyle</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001296</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>139</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thompson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000460</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="141">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>140</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Courtney</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001069</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Connecticut</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="142">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>141</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joyce</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Beatty</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001281</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ohio</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="143">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>142</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kevin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mullin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001225</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA15</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="144">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>143</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Judy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Chu</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001080</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA28</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="145">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>144</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>April</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McClain Delaney</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001232</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maryland</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="146">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>145</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Larson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000557</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Connecticut</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="147">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>146</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jasmine</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Crockett</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001130</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX30</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="148">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>147</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nanette</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Diaz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Barragán</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001300</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA44</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="149">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>148</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Val</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hoyle</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001094</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Oregon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OR04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="150">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>149</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Greg</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Casar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001131</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX35</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="151">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>150</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brad</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sherman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000344</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA32</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="152">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>151</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Haley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stevens</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001215</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michigan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="153">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>152</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hakeem</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jeffries</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000294</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="154">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>153</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jerrold</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nadler</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000002</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="155">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>154</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Herbert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Conaway</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001136</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 11th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="156">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>155</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joseph</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Morelle</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001206</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY25</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 12th, 2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>