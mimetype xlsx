--- v1 (2026-02-19)
+++ v2 (2026-03-11)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294cfada63d148fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re43f45eff4f54ab8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R2256bc73d05c4dc9"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R2a89d5b7cd814eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R031050aa7513406d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R6049b3e5ebbc4bd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R17ed8ee9c6e045bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2256bc73d05c4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R284c9e63ac4f40ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R2a89d5b7cd814eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R031050aa7513406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R6049b3e5ebbc4bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R17ed8ee9c6e045bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -8127,50 +8127,934 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001206</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>New York</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY25</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>February 12th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="157">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>156</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ami</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bera</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001287</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 24th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="158">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>157</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Josh</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Riley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000622</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY19</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 24th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="159">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>158</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Daniel</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Goldman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000599</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 24th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="160">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>159</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Neguse</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000191</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Colorado</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 24th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="161">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>160</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jared</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Huffman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001068</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 24th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="162">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>161</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Walkinshaw</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000831</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Virginia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 25th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="163">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>162</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nydia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Velázquez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000081</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="164">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>163</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Christopher</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Deluzio</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000530</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="165">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>164</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Julia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brownley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001285</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA26</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="166">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>165</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lawler</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000599</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 4th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="167">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>166</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eugene</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Simon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vindman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000138</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Virginia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 5th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="168">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>167</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Garcia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000598</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA42</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 5th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="169">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>168</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Josh</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gottheimer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000583</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 5th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="170">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>169</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pete</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Aguilar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A000371</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA33</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 5th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="171">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>170</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eric</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Swalwell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001193</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 5th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="172">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>171</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marc</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Veasey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000131</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX33</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 5th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="173">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>172</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mannion</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001231</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY22</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 5th, 2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>