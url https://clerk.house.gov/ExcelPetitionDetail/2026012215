--- v2 (2026-03-11)
+++ v3 (2026-03-31)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re43f45eff4f54ab8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff395be9f5b4084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R031050aa7513406d"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R17ed8ee9c6e045bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R748b407f2c6646d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rd04daa2657f04be2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R4726d865e5b94f91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R031050aa7513406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R6049b3e5ebbc4bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R17ed8ee9c6e045bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R748b407f2c6646d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd04daa2657f04be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R4726d865e5b94f91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -9011,50 +9011,2442 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>M001231</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>New York</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NY22</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>March 5th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="174">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>173</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Derek</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tran</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000491</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA45</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="175">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>174</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maggie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Goodlander</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000604</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Hampshire</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NH02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="176">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>175</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>George</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Whitesides</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000830</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA27</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="177">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>176</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>David</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001157</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Georgia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="178">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>177</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bill</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Foster</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000454</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="179">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>178</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joaquin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Castro</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001091</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX20</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="180">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>179</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ro</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Khanna</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000389</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="181">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>180</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Steny</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hoyer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H000874</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maryland</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="182">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>181</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jason</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Crow</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001121</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Colorado</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="183">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>182</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Levin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000593</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA49</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="184">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>183</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nikki</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Budzinski</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001315</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="185">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>184</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Himes</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001047</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Connecticut</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="186">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>185</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Patrick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ryan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000579</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY18</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="187">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>186</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Donald</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Norcross</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000188</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="188">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>187</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sean</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Casten</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001117</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="189">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>188</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bradley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Schneider</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001190</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="190">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>189</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dina</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Titus</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000468</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nevada</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NV01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="191">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>190</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Salud</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Carbajal</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001112</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA24</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 17th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="192">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>191</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dave</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Min</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001241</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA47</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 18th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="193">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>192</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Juan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vargas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000130</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA52</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 18th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="194">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>193</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Doris</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Matsui</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001163</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 18th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="195">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>194</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jared</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Golden</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000592</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maine</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>ME02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 18th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="196">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>195</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vicente</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gonzalez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000581</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX34</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 18th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="197">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>196</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sharice</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Davids</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000629</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kansas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>KS03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 18th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="198">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>197</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mark</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Takano</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000472</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA39</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 18th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="199">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>198</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Larsen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000560</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 19th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="200">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>199</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Linda</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sánchez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001156</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA38</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 19th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="201">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>200</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Raul</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ruiz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000599</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA25</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 24th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="202">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>201</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eric</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sorensen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001225</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 24th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="203">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>202</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kim</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Schrier</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001216</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 24th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="204">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>203</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jimmy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Panetta</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000613</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA19</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 24th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="205">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>204</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Smith</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S000510</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 24th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="206">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>205</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ed</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Case</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001055</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hawaii</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>HI01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 25th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="207">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>206</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Johnny</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Olszewski</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000176</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maryland</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 25th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="208">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>207</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jim</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Costa</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001059</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA21</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 25th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="209">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>208</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Garamendi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000559</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 26th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="210">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>209</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Don</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bacon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001298</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nebraska</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NE02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 26th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="211">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>210</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Donald</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Davis</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000230</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>North Carolina</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 27th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="212">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>211</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Emanuel</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Cleaver</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001061</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Missouri</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MO05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 27th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="213">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>212</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Scott</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Peters</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000608</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA50</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 27th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="214">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>213</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Josh</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Harder</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001090</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 27th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="215">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>214</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kristen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McDonald Rivet</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001237</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michigan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 27th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>215</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Henry</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Cuellar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001063</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX28</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 27th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>216</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gray</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000605</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 27th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>217</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gabe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vasquez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000136</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Mexico</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NM02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 27th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>218</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gluesenkamp</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Perez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000600</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 27th, 2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>