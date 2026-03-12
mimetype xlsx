--- v0 (2025-12-11)
+++ v1 (2026-03-12)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209e3e1f01a8470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8edf05296ab4869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R68d00ccf4b724803"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Ra5acc43a7d8646ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R583c2cd1390a4ff0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R581511fdcdad4a4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R1947eed46ec649d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R68d00ccf4b724803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd1380dcae3e84924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Ra5acc43a7d8646ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R583c2cd1390a4ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R581511fdcdad4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R1947eed46ec649d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -1887,50 +1887,466 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>B001324</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Missouri</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MO01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="37">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Courtney</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001069</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Connecticut</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 12th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="38">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>37</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Chrissy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Houlahan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001085</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 12th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="39">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Liccardo</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000607</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA16</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 12th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="40">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dave</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Min</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001241</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA47</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 12th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="41">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sharice</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Davids</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000629</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kansas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>KS03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 15th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="42">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Carlos</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gimenez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000593</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL28</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 16th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="43">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mannion</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001231</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY22</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 16th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="44">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marcy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kaptur</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000009</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ohio</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OH09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 17th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>