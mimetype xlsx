--- v0 (2025-12-04)
+++ v1 (2025-12-25)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f92744558354662" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41712aa144e74d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R04904a2dbbab42ff"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rbff93cd6f9214e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R21aa64e80dbc4c9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R745d25b703ca4660"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R374a554e69e246be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R04904a2dbbab42ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb278c6cef30e46e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rbff93cd6f9214e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R21aa64e80dbc4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R745d25b703ca4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R374a554e69e246be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -899,50 +899,3066 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>N000193</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Iowa</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>IA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Republican</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>December 4th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="18">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pramila</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jayapal</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000298</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Washington</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 9th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Eric</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sorensen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001225</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 9th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="20">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Greg</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stanton</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001211</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 9th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="21">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ro</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Khanna</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000389</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 9th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="22">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Seth</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Magaziner</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001223</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rhode Island</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>RI02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 9th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="23">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kevin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kiley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000401</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 9th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Cory</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mills</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001216</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 9th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="25">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Josh</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Riley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000622</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY19</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mark</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pocan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000607</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wisconsin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>WI02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="27">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frederica</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Wilson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000808</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL24</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="28">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stephen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lynch</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000562</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Massachusetts</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="29">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ilhan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Omar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000173</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Minnesota</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="30">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>William</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Keating</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000375</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Massachusetts</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="31">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Raja</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Krishnamoorthi</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K000391</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="32">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rashida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tlaib</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000481</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michigan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="33">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>32</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Neguse</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000191</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Colorado</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="34">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Levin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000593</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA49</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="35">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>34</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maggie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Goodlander</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000604</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Hampshire</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NH02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="36">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jesús</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G. "Chuy"</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>García</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000586</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="37">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Alexandria</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ocasio-Cortez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000172</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="38">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>37</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bresnahan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001327</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="39">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Suhas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Subramanyam</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001230</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Virginia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="40">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Christopher</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Deluzio</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000530</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="41">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marjorie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Taylor</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Greene</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000596</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Georgia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="42">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Henry</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C. "Hank"</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Johnson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000288</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Georgia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>GA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="43">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jefferson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Van Drew</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000133</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="44">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Diana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DeGette</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000197</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Colorado</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="45">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Daniel</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Goldman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000599</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="46">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Yassamin</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ansari</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A000381</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="47">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Garcia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000598</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA42</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="48">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Delia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ramirez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R000617</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="49">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jason</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Crow</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001121</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Colorado</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="50">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>John</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Larson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000557</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Connecticut</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="51">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Darren</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Soto</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001200</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="52">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Valerie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Foushee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000477</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>North Carolina</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NC04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="53">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Donald</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Norcross</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N000188</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="54">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Donald</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Beyer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001292</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Virginia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="55">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Becca</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Balint</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001318</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vermont</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VT00</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="56">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Veronica</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Escobar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>E000299</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX16</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="57">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Greg</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Casar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001131</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX35</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="58">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Melanie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Stansbury</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001218</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Mexico</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NM01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="59">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>58</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jill</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>N.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tokuda</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000487</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hawaii</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>HI02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="60">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brittany</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pettersen</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000620</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Colorado</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CO07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="61">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Laura</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Friedman</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000483</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA30</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 12th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="62">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gabe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Vasquez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000136</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Mexico</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NM02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 12th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="63">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Summer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000602</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 15th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="64">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maxwell</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Frost</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000476</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Florida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>FL10</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 15th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="65">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Al</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Green</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000553</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 15th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="66">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Shri</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thanedar</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000488</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michigan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI13</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 15th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="67">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maxine</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dexter</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000635</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Oregon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OR03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 15th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="68">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Cleo</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Fields</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000110</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Louisiana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 15th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="69">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Paul</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tonko</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000469</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY20</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 16th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="70">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ami</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bera</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001287</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 16th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="71">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Dave</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Min</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001241</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA47</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 16th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="72">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Betty</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>McCollum</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001143</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Minnesota</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MN04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 16th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="73">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>72</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nanette</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Diaz</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Barragán</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001300</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA44</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="74">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>73</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adelita</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grijalva</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="75">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>74</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Val</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Hoyle</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001094</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Oregon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OR04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 17th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>