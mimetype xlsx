--- v1 (2025-12-25)
+++ v2 (2026-01-14)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41712aa144e74d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red2d8a0662014b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R21aa64e80dbc4c9f"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R374a554e69e246be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R9352b82bdc334989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rc3ef91daacc540f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R8be553798b70406e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R21aa64e80dbc4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R745d25b703ca4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R374a554e69e246be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9352b82bdc334989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc3ef91daacc540f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8be553798b70406e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -3915,50 +3915,258 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>H001094</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Oregon</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>OR04</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>December 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="76">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>75</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Quigley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Q000023</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>January 6th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="77">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>76</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Thompson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000460</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>January 7th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="78">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bill</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Foster</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000454</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>January 8th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="79">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>78</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Joe</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Courtney</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001069</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Connecticut</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>January 12th, 2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>