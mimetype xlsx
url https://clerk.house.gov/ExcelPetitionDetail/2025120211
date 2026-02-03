--- v2 (2026-01-14)
+++ v3 (2026-02-03)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red2d8a0662014b95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eede66e42fa4f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R9352b82bdc334989"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R8be553798b70406e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rf04cad664498405e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R0b82d640da5d4e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R9f5fcf65af314e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9352b82bdc334989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc3ef91daacc540f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8be553798b70406e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf04cad664498405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R0b82d640da5d4e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R9f5fcf65af314e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -4123,50 +4123,154 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C001069</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Connecticut</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CT02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>January 12th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="80">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>79</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Julie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Johnson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>J000310</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX32</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>January 14th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="81">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>80</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Johnny</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Olszewski</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000176</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Maryland</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MD02</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>January 15th, 2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>