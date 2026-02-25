--- v3 (2026-02-03)
+++ v4 (2026-02-25)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eede66e42fa4f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35afb7844b6d44ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rf04cad664498405e"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R9f5fcf65af314e44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R117a4e864fc24b33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rc1591b498e1f487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R9070b2cf1e7b4d6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf04cad664498405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R0b82d640da5d4e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R9f5fcf65af314e44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R117a4e864fc24b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc1591b498e1f487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R9070b2cf1e7b4d6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>