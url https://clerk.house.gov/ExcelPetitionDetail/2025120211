--- v4 (2026-02-25)
+++ v5 (2026-03-20)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35afb7844b6d44ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R643f9e56598049b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R117a4e864fc24b33"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R9070b2cf1e7b4d6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R3565a42f5c304dce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R18194960f01e4614"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R059fa88eecd846da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R117a4e864fc24b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc1591b498e1f487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R9070b2cf1e7b4d6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3565a42f5c304dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R18194960f01e4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R059fa88eecd846da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -4227,50 +4227,102 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>O000176</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Maryland</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MD02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>January 15th, 2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="82">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>81</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Christian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Menefee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001245</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX18</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>March 5th, 2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>