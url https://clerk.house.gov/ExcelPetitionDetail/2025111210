--- v0 (2025-12-04)
+++ v1 (2025-12-24)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25f4dc0185e4d17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re87e0a2511df4887" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Reb7b990243b84ee7"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R40a2f0fce2af4502"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R576ec3ed71954f24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R19dbcba6b3b641ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rf553c3f787884cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reb7b990243b84ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R395e8150f1c04f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R40a2f0fce2af4502" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R576ec3ed71954f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R19dbcba6b3b641ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rf553c3f787884cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -11195,50 +11195,258 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G000600</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Washington</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>WA03</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>December 2nd, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>215</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Fitzpatrick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000466</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>216</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lawler</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000599</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>217</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Robert</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Bresnahan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jr.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>B001327</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA08</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>218</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ryan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mackenzie</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001230</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 17th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>