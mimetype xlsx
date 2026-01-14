--- v1 (2025-12-24)
+++ v2 (2026-01-14)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re87e0a2511df4887" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6568bb0ae84dee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R576ec3ed71954f24"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rf553c3f787884cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R516f9a05c7104108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R3c58c273098a4bf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R681b9f160ee54893"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R576ec3ed71954f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R19dbcba6b3b641ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rf553c3f787884cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R516f9a05c7104108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R3c58c273098a4bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R681b9f160ee54893" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>