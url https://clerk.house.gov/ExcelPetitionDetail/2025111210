--- v2 (2026-01-14)
+++ v3 (2026-02-03)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6568bb0ae84dee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f1252c22a9a4356" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R516f9a05c7104108"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R681b9f160ee54893"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rc956962d6f2543de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rd5253e87744e4abd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R39bdcab2ca5447dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R516f9a05c7104108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R3c58c273098a4bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R681b9f160ee54893" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc956962d6f2543de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd5253e87744e4abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R39bdcab2ca5447dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>