--- v3 (2026-02-03)
+++ v4 (2026-03-19)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f1252c22a9a4356" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf453181e328a44a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rc956962d6f2543de"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R39bdcab2ca5447dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R1f91e9186f744152"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R12d55c95d93b44e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Ra342a66424194467"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc956962d6f2543de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd5253e87744e4abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R39bdcab2ca5447dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1f91e9186f744152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R12d55c95d93b44e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Ra342a66424194467" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>