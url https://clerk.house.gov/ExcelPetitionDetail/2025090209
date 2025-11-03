--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd87b1b17c3c14de6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6b28575ea248e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rd270e12fddff4104"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rb472d02fc43542ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R26700ec8289b41c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R629b5668163f4bff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Ra206eec4fede42a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd270e12fddff4104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R93eddd18af224642" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rb472d02fc43542ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26700ec8289b41c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R629b5668163f4bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Ra206eec4fede42a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>