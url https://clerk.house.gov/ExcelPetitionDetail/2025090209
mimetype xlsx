--- v1 (2025-11-03)
+++ v2 (2025-11-28)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6b28575ea248e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf42677765dc64dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R26700ec8289b41c1"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Ra206eec4fede42a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R5c5431f38f2d4c22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R79dca7b0afee441a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rab4c290889c443f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26700ec8289b41c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R629b5668163f4bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Ra206eec4fede42a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c5431f38f2d4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R79dca7b0afee441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rab4c290889c443f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -11351,50 +11351,102 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000831</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Virginia</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>September 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>218</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adelita</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grijalva</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 12th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>