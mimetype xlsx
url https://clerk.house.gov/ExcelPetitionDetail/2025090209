--- v2 (2025-11-28)
+++ v3 (2025-12-19)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf42677765dc64dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea50ac750c8e4525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R5c5431f38f2d4c22"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rab4c290889c443f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R7743ab4f019a48c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R2017db288d1644b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R698f94cd9c654230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c5431f38f2d4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R79dca7b0afee441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rab4c290889c443f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7743ab4f019a48c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R2017db288d1644b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R698f94cd9c654230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>