--- v3 (2025-12-19)
+++ v4 (2025-12-19)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea50ac750c8e4525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc62654145c154366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R7743ab4f019a48c3"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R698f94cd9c654230"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R772a27ee0f864b1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R01883a8afe6d4ef5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R9f2eb86a2c9247e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7743ab4f019a48c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R2017db288d1644b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R698f94cd9c654230" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R772a27ee0f864b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R01883a8afe6d4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R9f2eb86a2c9247e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>