--- v4 (2025-12-19)
+++ v5 (2026-01-09)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc62654145c154366" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9769217281664150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R772a27ee0f864b1d"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R9f2eb86a2c9247e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Re19a177c26eb4413"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R0f60ae9f522b4f39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R9beec974cadc4694"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R772a27ee0f864b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R01883a8afe6d4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R9f2eb86a2c9247e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re19a177c26eb4413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R0f60ae9f522b4f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R9beec974cadc4694" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>