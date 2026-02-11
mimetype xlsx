--- v5 (2026-01-09)
+++ v6 (2026-02-11)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9769217281664150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56bc3dd9cc534b89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Re19a177c26eb4413"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R9beec974cadc4694"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R6fa46a4398814746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R4b2f14f9ec2c43cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R2e2aae495a6946d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re19a177c26eb4413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R0f60ae9f522b4f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R9beec974cadc4694" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6fa46a4398814746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R4b2f14f9ec2c43cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R2e2aae495a6946d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>