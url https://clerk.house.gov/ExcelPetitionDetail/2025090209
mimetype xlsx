--- v6 (2026-02-11)
+++ v7 (2026-03-14)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56bc3dd9cc534b89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e0473be86e4980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R6fa46a4398814746"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R2e2aae495a6946d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Ra830224e5ea148b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R3ff8f44f6fd748ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R3151178cca9c47a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6fa46a4398814746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R4b2f14f9ec2c43cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R2e2aae495a6946d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra830224e5ea148b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R3ff8f44f6fd748ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R3151178cca9c47a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>