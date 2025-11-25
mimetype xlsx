--- v0 (2025-10-05)
+++ v1 (2025-11-25)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79a0e5f20e854e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf66c164779b44993" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rfe1bcea88e0647cf"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rfeca711ab4aa42c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rcf23976340d94207"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R88abf479a4824219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Re616f22a8f944d56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe1bcea88e0647cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R5d5f494e731a4597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rfeca711ab4aa42c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf23976340d94207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R88abf479a4824219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Re616f22a8f944d56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -11143,50 +11143,102 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>L000602</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pennsylvania</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA12</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>September 15th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="215">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>214</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adelita</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grijalva</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 17th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>