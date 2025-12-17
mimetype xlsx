--- v1 (2025-11-25)
+++ v2 (2025-12-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf66c164779b44993" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b510d10af142ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rcf23976340d94207"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Re616f22a8f944d56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R01205cfda44447da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R9440e17b743e4f6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7c503d8332ee4f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf23976340d94207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R88abf479a4824219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Re616f22a8f944d56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R01205cfda44447da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R9440e17b743e4f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7c503d8332ee4f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -11195,50 +11195,102 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>G000606</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Arizona</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>AZ07</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>November 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>215</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rashida</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Tlaib</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000481</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michigan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MI12</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 12th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>