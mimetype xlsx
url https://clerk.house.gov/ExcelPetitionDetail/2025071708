--- v2 (2025-12-17)
+++ v3 (2026-01-10)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b510d10af142ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0114179042a43d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R01205cfda44447da"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7c503d8332ee4f37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R2db71b326b21436e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rd96c6cf848db4bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R064db4b0c1734070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R01205cfda44447da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R9440e17b743e4f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7c503d8332ee4f37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2db71b326b21436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd96c6cf848db4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R064db4b0c1734070" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -11247,50 +11247,102 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>T000481</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Michigan</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>MI12</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>December 12th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>216</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Brian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>K.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Fitzpatrick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>F000466</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Pennsylvania</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>PA01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 18th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>