--- v3 (2026-01-10)
+++ v4 (2026-02-20)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0114179042a43d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf594b8b0c11e433a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R2db71b326b21436e"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R064db4b0c1734070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Ra54b633f2ad3428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R369c252113cf4b6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R2ac1314ff02a4bac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2db71b326b21436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd96c6cf848db4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R064db4b0c1734070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra54b633f2ad3428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R369c252113cf4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R2ac1314ff02a4bac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -11299,50 +11299,102 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>F000466</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Pennsylvania</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>PA01</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Republican</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>December 18th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>217</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Christian</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Menefee</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>M001245</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX18</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>February 2nd, 2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>