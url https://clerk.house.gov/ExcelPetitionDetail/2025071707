--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc156a63718d4f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f166171b80141d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R6541d1c48d8440e2"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rdf13d9dbd2fb4fe7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rb207d9a598c348ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R99b573f5564449c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rb7e87a7c58c546b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6541d1c48d8440e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rf11360c05aef4860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rdf13d9dbd2fb4fe7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb207d9a598c348ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R99b573f5564449c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rb7e87a7c58c546b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -7451,50 +7451,414 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C001121</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Colorado</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CO06</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>September 2nd, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="144">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>143</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Walkinshaw</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000831</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Virginia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>October 28th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="145">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>144</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adelita</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grijalva</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="146">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>145</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jimmy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Panetta</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>P000613</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA19</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 1st, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="147">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>146</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Mike</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Quigley</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Q000023</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Illinois</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IL05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 2nd, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="148">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>147</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marc</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Veasey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000131</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX33</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 2nd, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="149">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>148</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jake</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Auchincloss</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A000148</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Massachusetts</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA04</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 3rd, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="150">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>149</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Linda</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sánchez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001156</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA38</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 3rd, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>