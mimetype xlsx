--- v1 (2025-12-05)
+++ v2 (2026-01-27)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f166171b80141d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92537a3113114696" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rb207d9a598c348ad"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rb7e87a7c58c546b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R146a71f633254053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R3691164126c14d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Re16990da6d074590"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb207d9a598c348ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R99b573f5564449c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rb7e87a7c58c546b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R146a71f633254053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R3691164126c14d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Re16990da6d074590" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -7815,50 +7815,310 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001156</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>California</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CA38</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>December 3rd, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="151">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>150</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Andrea</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Salinas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S001226</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Oregon</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>OR06</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 9th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="152">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>151</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>André</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Carson</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>C001072</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Indiana</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>IN07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 9th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="153">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>152</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lori</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Trahan</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>T000482</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Massachusetts</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>MA03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 11th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="154">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>153</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Sharice</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Davids</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000629</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Kansas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>KS03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 15th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="155">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>154</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Jimmy</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gomez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000585</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA34</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>December 17th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>