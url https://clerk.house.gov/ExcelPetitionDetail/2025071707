--- v2 (2026-01-27)
+++ v3 (2026-03-14)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92537a3113114696" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4edea450975c4feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R146a71f633254053"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Re16990da6d074590"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R1ee156d8a59e4416"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R8c944a451e2241e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R02295b507b7547bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R146a71f633254053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R3691164126c14d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Re16990da6d074590" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ee156d8a59e4416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R8c944a451e2241e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R02295b507b7547bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>