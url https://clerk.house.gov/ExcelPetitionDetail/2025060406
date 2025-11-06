--- v0 (2025-10-17)
+++ v1 (2025-11-06)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23dc2b6ce33243f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R604886124b7e497e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R63131ba5a2ec47d7"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R837213e0a52243f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R4e60b8de033e4716"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rccdd432745884197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7b44369e46aa4663"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R63131ba5a2ec47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R36e51426cb5a4f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R837213e0a52243f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e60b8de033e4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rccdd432745884197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7b44369e46aa4663" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>