--- v1 (2025-11-06)
+++ v2 (2025-12-19)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R604886124b7e497e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b0a365b7bf4447" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R4e60b8de033e4716"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7b44369e46aa4663"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Raebb2632355f41b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R89b6c9f3a68a4ff3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R0bc3a6eee8484b90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e60b8de033e4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rccdd432745884197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7b44369e46aa4663" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raebb2632355f41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R89b6c9f3a68a4ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R0bc3a6eee8484b90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -11299,50 +11299,154 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>W000831</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Virginia</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>VA11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>September 10th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>217</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Nick</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>LaLota</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000598</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY01</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>218</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Michael</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Lawler</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L000599</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY17</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Republican</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 17th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>