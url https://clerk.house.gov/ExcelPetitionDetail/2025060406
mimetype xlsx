--- v2 (2025-12-19)
+++ v3 (2026-01-10)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b0a365b7bf4447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a758484b21b494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Raebb2632355f41b0"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R0bc3a6eee8484b90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R4d68432abbe243f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R032998a3905a4909"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R787b620a46c74dbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raebb2632355f41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R89b6c9f3a68a4ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R0bc3a6eee8484b90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d68432abbe243f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R032998a3905a4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R787b620a46c74dbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>