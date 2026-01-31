--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a758484b21b494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f807c316f444af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R4d68432abbe243f9"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R787b620a46c74dbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rd24e5ba1465a4db8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rfa8fb67db8d0434b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Re9d12133e4bb4118"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d68432abbe243f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R032998a3905a4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R787b620a46c74dbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd24e5ba1465a4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rfa8fb67db8d0434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Re9d12133e4bb4118" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>