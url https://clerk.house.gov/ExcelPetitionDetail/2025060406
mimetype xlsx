--- v4 (2026-01-31)
+++ v5 (2026-02-22)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f807c316f444af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33276083853e46d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rd24e5ba1465a4db8"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Re9d12133e4bb4118"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R9cfb47ae468e44c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R2809a4607ab34021"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R80cefe755e204bd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd24e5ba1465a4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rfa8fb67db8d0434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Re9d12133e4bb4118" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9cfb47ae468e44c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R2809a4607ab34021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R80cefe755e204bd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>