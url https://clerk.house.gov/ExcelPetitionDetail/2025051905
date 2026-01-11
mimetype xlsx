--- v0 (2025-10-19)
+++ v1 (2026-01-11)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a7e5f30e6f54ce3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R351fbb13f8e74275" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rd6b8c4f897b14fac"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R787dcffaa2f44e08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R5b629bcd0ab946de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R6ae7a81e2e2342f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R5e0f2e7393fb4410"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd6b8c4f897b14fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R93953f76d79d4bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R787dcffaa2f44e08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b629bcd0ab946de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R6ae7a81e2e2342f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R5e0f2e7393fb4410" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -9687,50 +9687,414 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001207</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>New Jersey</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>September 3rd, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="187">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>186</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>James</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>R.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Walkinshaw</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>W000831</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Virginia</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>VA11</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>October 28th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="188">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>187</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Rosa</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>L.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>DeLauro</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>D000216</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Connecticut</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CT03</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 12th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="189">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>188</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Alexandria</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Ocasio-Cortez</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>O000172</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New York</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NY14</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 12th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="190">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>189</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Josh</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Gottheimer</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000583</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>New Jersey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>NJ05</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="191">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>190</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adelita</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grijalva</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 17th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="192">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>191</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Josh</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Harder</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>H001090</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>California</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>CA09</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 19th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="193">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>192</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Marc</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>A.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Veasey</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>V000131</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Texas</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>TX33</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 19th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>