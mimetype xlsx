--- v1 (2026-01-11)
+++ v2 (2026-02-27)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R351fbb13f8e74275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1ec7d4ec5f4bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R5b629bcd0ab946de"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R5e0f2e7393fb4410"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R304d47e21f484c35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R6728dd7d4c044763"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rc4c29ad54a604b0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b629bcd0ab946de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R6ae7a81e2e2342f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R5e0f2e7393fb4410" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R304d47e21f484c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R6728dd7d4c044763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rc4c29ad54a604b0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>