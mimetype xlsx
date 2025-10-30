--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d412f62ad8b4d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a485ae8e38473c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R18ce11ca7b2c4415"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7faa7d3ffc364d48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R1547ee515d554e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rc44ae5210b1d4f7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R6dec596b0e6e4fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18ce11ca7b2c4415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R23a466fe862c41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7faa7d3ffc364d48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1547ee515d554e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc44ae5210b1d4f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R6dec596b0e6e4fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>