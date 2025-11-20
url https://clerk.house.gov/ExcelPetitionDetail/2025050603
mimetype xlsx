--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a485ae8e38473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aba8f432ec94bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R1547ee515d554e3a"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R6dec596b0e6e4fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R6559c56d486a42ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rc7481e5a32ec40a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Red66a365730a400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1547ee515d554e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc44ae5210b1d4f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R6dec596b0e6e4fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6559c56d486a42ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc7481e5a32ec40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Red66a365730a400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -11039,50 +11039,102 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>S001207</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>New Jersey</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>NJ11</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>May 14th, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="213">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>212</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adelita</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grijalva</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 17th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>