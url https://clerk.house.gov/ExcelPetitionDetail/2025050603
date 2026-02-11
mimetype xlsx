--- v2 (2025-11-20)
+++ v3 (2026-02-11)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aba8f432ec94bcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bdc067198264ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R6559c56d486a42ee"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Red66a365730a400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R470ba226744e4a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rcb2b9743dc87426f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Ref7ee8b915004115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6559c56d486a42ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc7481e5a32ec40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Red66a365730a400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R470ba226744e4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rcb2b9743dc87426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Ref7ee8b915004115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>