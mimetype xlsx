--- v3 (2026-02-11)
+++ v4 (2026-03-05)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bdc067198264ef7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60528fdd619a45c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R470ba226744e4a46"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Ref7ee8b915004115"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rd50ede6d871c442e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R4be518a6e1764530"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R673bc295b3b0460e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R470ba226744e4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rcb2b9743dc87426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Ref7ee8b915004115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd50ede6d871c442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R4be518a6e1764530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R673bc295b3b0460e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>