--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd97027cb60574cb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4355b793966452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Reed645fdf6a247e3"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R8f4a90ce390f4ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rdcf612f2196347f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R4b2e0c13b83e4dca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Re4df4cf405ca4721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reed645fdf6a247e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R11cb4ef07cff4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8f4a90ce390f4ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdcf612f2196347f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R4b2e0c13b83e4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Re4df4cf405ca4721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
@@ -8075,50 +8075,102 @@
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>C001069</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Connecticut</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>CT02</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>Democratic</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>June 3rd, 2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="156">
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>155</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Adelita</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>S.</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Grijalva</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>G000606</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Arizona</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>AZ07</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>Democratic</x:t>
+        </x:is>
+      </x:c>
+      <x:c t="inlineStr">
+        <x:is>
+          <x:t>November 17th, 2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="40" customWidth="1"/>
     <x:col min="2" max="2" width="40" customWidth="1"/>
     <x:col min="3" max="3" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>Removed</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>
           <x:t>ReplacedBy</x:t>
         </x:is>