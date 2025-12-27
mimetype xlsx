--- v1 (2025-12-05)
+++ v2 (2025-12-27)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4355b793966452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff54e7d06b8449bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rdcf612f2196347f6"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Re4df4cf405ca4721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R28ad29a4f1684454"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Red11cc5c30c34813"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Ra8bb858aaddb4546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdcf612f2196347f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R4b2e0c13b83e4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Re4df4cf405ca4721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R28ad29a4f1684454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Red11cc5c30c34813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Ra8bb858aaddb4546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>