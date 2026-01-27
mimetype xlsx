--- v2 (2025-12-27)
+++ v3 (2026-01-27)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff54e7d06b8449bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1877435a5aa742d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R28ad29a4f1684454"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Ra8bb858aaddb4546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rd96e1a6f32f5470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rcee51efdac7c480d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R81345fc401ed4b9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R28ad29a4f1684454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Red11cc5c30c34813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Ra8bb858aaddb4546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd96e1a6f32f5470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rcee51efdac7c480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R81345fc401ed4b9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>