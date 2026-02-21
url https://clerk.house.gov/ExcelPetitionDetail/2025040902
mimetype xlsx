--- v3 (2026-01-27)
+++ v4 (2026-02-21)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1877435a5aa742d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde142ce18d64cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rd96e1a6f32f5470a"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R81345fc401ed4b9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rd965c0de7fe945e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R80e69f1ffb814f8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R44eed4953c744f7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd96e1a6f32f5470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rcee51efdac7c480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R81345fc401ed4b9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd965c0de7fe945e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R80e69f1ffb814f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R44eed4953c744f7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>