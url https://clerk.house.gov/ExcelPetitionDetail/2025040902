--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde142ce18d64cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ff9160288545c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rd965c0de7fe945e1"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R44eed4953c744f7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Re565986fde0f4591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R1f2cc74c63274ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rc4dcc5251ca44e8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd965c0de7fe945e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R80e69f1ffb814f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R44eed4953c744f7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re565986fde0f4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R1f2cc74c63274ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rc4dcc5251ca44e8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>