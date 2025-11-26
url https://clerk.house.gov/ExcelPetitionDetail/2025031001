--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e44bcf06949430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bde5e978df34fae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R463032e59efa427b"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R351d94bb0d5f4eb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R7ed84796694b403f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rd1fb1ef430664823"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R9352c85459aa492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R463032e59efa427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R9a9bc77a69e346d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R351d94bb0d5f4eb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7ed84796694b403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd1fb1ef430664823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R9352c85459aa492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>