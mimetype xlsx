--- v1 (2025-11-26)
+++ v2 (2025-12-16)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bde5e978df34fae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9bcc6dbb384773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R7ed84796694b403f"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R9352c85459aa492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R60d6a75c15f5474a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R9d789289708d4b1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7ad39db826874a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7ed84796694b403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rd1fb1ef430664823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R9352c85459aa492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60d6a75c15f5474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R9d789289708d4b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7ad39db826874a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>