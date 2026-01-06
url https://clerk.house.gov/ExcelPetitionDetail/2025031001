--- v2 (2025-12-16)
+++ v3 (2026-01-06)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9bcc6dbb384773" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R681e91b93d1d4cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R60d6a75c15f5474a"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7ad39db826874a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R744149341e904e04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R769512553d274f47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R4b745246097e4f2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60d6a75c15f5474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R9d789289708d4b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7ad39db826874a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R744149341e904e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R769512553d274f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R4b745246097e4f2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>