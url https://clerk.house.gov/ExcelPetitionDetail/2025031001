--- v3 (2026-01-06)
+++ v4 (2026-01-29)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R681e91b93d1d4cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra32ab9d8991a4cec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R744149341e904e04"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R4b745246097e4f2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R4e7d4357961349b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R87d0afca81a04bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R5062963a69cc40ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R744149341e904e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R769512553d274f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R4b745246097e4f2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e7d4357961349b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R87d0afca81a04bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R5062963a69cc40ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>