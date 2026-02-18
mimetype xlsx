--- v4 (2026-01-29)
+++ v5 (2026-02-18)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra32ab9d8991a4cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc42351c98d74873" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R4e7d4357961349b2"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R5062963a69cc40ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R59898134a1dc49e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R0899354a9c644e41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R83e83e52eb134d8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e7d4357961349b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R87d0afca81a04bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R5062963a69cc40ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59898134a1dc49e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R0899354a9c644e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R83e83e52eb134d8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>