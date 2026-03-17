--- v5 (2026-02-18)
+++ v6 (2026-03-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc42351c98d74873" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4d9652a623f40b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R59898134a1dc49e8"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R83e83e52eb134d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rb7b2eb419bf8434c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rcd0de49fc0f049e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R8409b760a36646f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59898134a1dc49e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R0899354a9c644e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R83e83e52eb134d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb7b2eb419bf8434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rcd0de49fc0f049e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8409b760a36646f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>