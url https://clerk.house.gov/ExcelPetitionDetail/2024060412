--- v0 (2025-11-03)
+++ v1 (2025-11-24)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640bcd96d72b4765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re043f42815fb4631" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R2512b9cb698d486c"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R472a56836c684a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R9ed36b819f024c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Ra5df02486f9d44c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rf00f3986fcc44c7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2512b9cb698d486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R44cabd36d383411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R472a56836c684a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ed36b819f024c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Ra5df02486f9d44c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rf00f3986fcc44c7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>