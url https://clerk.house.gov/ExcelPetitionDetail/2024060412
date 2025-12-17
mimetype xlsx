--- v1 (2025-11-24)
+++ v2 (2025-12-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re043f42815fb4631" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf6ed02e6e84a25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R9ed36b819f024c68"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rf00f3986fcc44c7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Re0b7a54173ce4369"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rc18953db964945eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rb08b247868cc4389"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ed36b819f024c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Ra5df02486f9d44c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rf00f3986fcc44c7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0b7a54173ce4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc18953db964945eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rb08b247868cc4389" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>