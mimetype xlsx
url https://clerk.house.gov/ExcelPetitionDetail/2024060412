--- v2 (2025-12-17)
+++ v3 (2026-01-23)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf6ed02e6e84a25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R684acf41760b418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Re0b7a54173ce4369"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rb08b247868cc4389"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R03f1e69dd5d44c0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rbec6a3226f6045d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R801f62331b704f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re0b7a54173ce4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc18953db964945eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rb08b247868cc4389" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R03f1e69dd5d44c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rbec6a3226f6045d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R801f62331b704f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>