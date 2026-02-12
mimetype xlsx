--- v3 (2026-01-23)
+++ v4 (2026-02-12)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R684acf41760b418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844b48754c384690" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R03f1e69dd5d44c0e"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R801f62331b704f75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R9b83a8a64170476d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R63d67e971e284cf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rcdef778c0f994b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R03f1e69dd5d44c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rbec6a3226f6045d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R801f62331b704f75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b83a8a64170476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R63d67e971e284cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rcdef778c0f994b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>