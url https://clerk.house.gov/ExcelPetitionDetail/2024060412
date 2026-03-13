--- v4 (2026-02-12)
+++ v5 (2026-03-13)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844b48754c384690" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeacff4886564c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R9b83a8a64170476d"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rcdef778c0f994b4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R994076b9afdf431b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R420fdd3d61f445ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rd76c6db9fb634919"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b83a8a64170476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R63d67e971e284cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rcdef778c0f994b4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R994076b9afdf431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R420fdd3d61f445ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rd76c6db9fb634919" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>