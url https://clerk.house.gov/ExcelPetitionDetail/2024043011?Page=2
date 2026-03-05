--- v0 (2026-01-18)
+++ v1 (2026-03-05)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8752b03276164e2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R901d0447c46245fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R74da885fd10f4d94"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R943bfdf3e5e549d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rc4e1fd9061844487"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rbc09d49984ae4383"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R4088d3b0f56547a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R74da885fd10f4d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R486f090a7c224ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R943bfdf3e5e549d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc4e1fd9061844487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rbc09d49984ae4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R4088d3b0f56547a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>