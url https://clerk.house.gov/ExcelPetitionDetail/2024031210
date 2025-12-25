--- v0 (2025-10-23)
+++ v1 (2025-12-25)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c45dde4578e477b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c70df193424651" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Raea52f75015f4b7c"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R68391dcc942045da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rcf0c5c3799bb4142"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R11c5475141ef470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7f918c6fa0784dfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raea52f75015f4b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rf981cad9a39846ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R68391dcc942045da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf0c5c3799bb4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R11c5475141ef470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7f918c6fa0784dfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>