--- v1 (2025-12-25)
+++ v2 (2026-01-21)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c70df193424651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565520d5d7494931" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rcf0c5c3799bb4142"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7f918c6fa0784dfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R83eb77c90ca449f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R5e4969b4bb894e79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7a61fdec0ec345c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf0c5c3799bb4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R11c5475141ef470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7f918c6fa0784dfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83eb77c90ca449f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R5e4969b4bb894e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7a61fdec0ec345c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>