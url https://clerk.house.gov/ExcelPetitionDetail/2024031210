--- v2 (2026-01-21)
+++ v3 (2026-02-12)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565520d5d7494931" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffbe97eab5f42e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R83eb77c90ca449f7"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R7a61fdec0ec345c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rc4422f4f50c8401f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R3d0d89a430864929"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rf92b8f8fbf5b4d67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83eb77c90ca449f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R5e4969b4bb894e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R7a61fdec0ec345c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc4422f4f50c8401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R3d0d89a430864929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rf92b8f8fbf5b4d67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>