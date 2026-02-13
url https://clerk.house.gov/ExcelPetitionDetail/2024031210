--- v3 (2026-02-12)
+++ v4 (2026-02-13)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffbe97eab5f42e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d9c2f090ca4fb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rc4422f4f50c8401f"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rf92b8f8fbf5b4d67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R2b310e619793400a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rc86e917d8f61416f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R78d4f8f2f483451c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc4422f4f50c8401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R3d0d89a430864929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rf92b8f8fbf5b4d67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b310e619793400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc86e917d8f61416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R78d4f8f2f483451c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>