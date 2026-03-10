--- v4 (2026-02-13)
+++ v5 (2026-03-10)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d9c2f090ca4fb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3f79502c934bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R2b310e619793400a"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R78d4f8f2f483451c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Re4047d2a08a34da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R716e57e777294b82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rb710da35c46a4f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b310e619793400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc86e917d8f61416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R78d4f8f2f483451c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re4047d2a08a34da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R716e57e777294b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rb710da35c46a4f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>