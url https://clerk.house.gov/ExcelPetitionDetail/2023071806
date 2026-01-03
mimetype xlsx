--- v0 (2025-11-30)
+++ v1 (2026-01-03)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59725c7a3ad44e35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8a2bda01b84934" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rfa471e33cc0e418b"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R8242cf213af848f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R337ce4c6fc204609"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Re60497ba2ce64f24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rbec2443360ea44b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa471e33cc0e418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R30d1bc453e144142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8242cf213af848f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R337ce4c6fc204609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Re60497ba2ce64f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rbec2443360ea44b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>