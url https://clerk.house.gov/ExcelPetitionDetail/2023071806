--- v1 (2026-01-03)
+++ v2 (2026-01-25)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8a2bda01b84934" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4abce173e24ccc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R337ce4c6fc204609"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rbec2443360ea44b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Ra08e15be0aa2424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R8a5f4e6fde44480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R467aa2ff178346fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R337ce4c6fc204609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Re60497ba2ce64f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rbec2443360ea44b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra08e15be0aa2424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R8a5f4e6fde44480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R467aa2ff178346fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>