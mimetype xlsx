--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4abce173e24ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186a6425755c44e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Ra08e15be0aa2424f"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R467aa2ff178346fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rffbacad8cdd848af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rf09445da81ac4b73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R44399b05f5e948a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra08e15be0aa2424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R8a5f4e6fde44480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R467aa2ff178346fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffbacad8cdd848af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rf09445da81ac4b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R44399b05f5e948a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>