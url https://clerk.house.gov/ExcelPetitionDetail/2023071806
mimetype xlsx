--- v3 (2026-02-15)
+++ v4 (2026-03-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186a6425755c44e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe8cbef28a0c40c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rffbacad8cdd848af"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R44399b05f5e948a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R975c1da72f974616"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R41846e3dbb2045be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R5c06bc60ea264991"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffbacad8cdd848af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rf09445da81ac4b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R44399b05f5e948a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R975c1da72f974616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R41846e3dbb2045be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R5c06bc60ea264991" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>