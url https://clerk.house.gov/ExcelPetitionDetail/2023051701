--- v0 (2025-10-18)
+++ v1 (2025-12-11)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc019f0d4b2cf4631" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8637d25581694fc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rac8dd23049914b94"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rae04e915c7154d0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R235edd37252243a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R63671083330d4572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R86cf0055a7034f15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rac8dd23049914b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R584e041576644309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rae04e915c7154d0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R235edd37252243a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R63671083330d4572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R86cf0055a7034f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>