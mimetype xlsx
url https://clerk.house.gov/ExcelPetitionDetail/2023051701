--- v1 (2025-12-11)
+++ v2 (2025-12-13)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8637d25581694fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a3e160778cc4ae1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R235edd37252243a3"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R86cf0055a7034f15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rb4c0ccd2c7824dfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rb5b260d5d24c4057"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rcd6b134cf12a4f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R235edd37252243a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R63671083330d4572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R86cf0055a7034f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb4c0ccd2c7824dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb5b260d5d24c4057" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rcd6b134cf12a4f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>