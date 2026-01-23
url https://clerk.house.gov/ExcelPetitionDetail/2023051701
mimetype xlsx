--- v2 (2025-12-13)
+++ v3 (2026-01-23)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a3e160778cc4ae1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a569fb27b34df8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rb4c0ccd2c7824dfa"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rcd6b134cf12a4f22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R190125bae3ca49c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R50004ff123be43e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R8f4a74b0dc37488c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb4c0ccd2c7824dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb5b260d5d24c4057" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rcd6b134cf12a4f22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R190125bae3ca49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R50004ff123be43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8f4a74b0dc37488c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>