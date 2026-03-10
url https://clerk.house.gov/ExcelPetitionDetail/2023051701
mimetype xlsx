--- v3 (2026-01-23)
+++ v4 (2026-03-10)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a569fb27b34df8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67ab990b30ee4229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R190125bae3ca49c9"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R8f4a74b0dc37488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R3d08ca41dfb243a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rfbfb37cf1895477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Ra37ccdef9e93491f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R190125bae3ca49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R50004ff123be43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8f4a74b0dc37488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d08ca41dfb243a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rfbfb37cf1895477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Ra37ccdef9e93491f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>