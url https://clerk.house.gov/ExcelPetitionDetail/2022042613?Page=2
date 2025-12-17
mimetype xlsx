--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f02c52982241a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0fc88c29fd74f95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R8b22e5a378684e59"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R6746ad51e2ad4f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R06c7d33391bc485e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rf89aaf8349544500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R8c2c58bffb4640a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b22e5a378684e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R240ecbdebdcf47e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R6746ad51e2ad4f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R06c7d33391bc485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rf89aaf8349544500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8c2c58bffb4640a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>