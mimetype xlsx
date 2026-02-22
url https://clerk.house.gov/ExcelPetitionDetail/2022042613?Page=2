--- v1 (2025-12-17)
+++ v2 (2026-02-22)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0fc88c29fd74f95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ad77722612140d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R06c7d33391bc485e"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R8c2c58bffb4640a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R605c3b2084784816"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R4839aaad4163438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R22edddc55f714287"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R06c7d33391bc485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rf89aaf8349544500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8c2c58bffb4640a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R605c3b2084784816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R4839aaad4163438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R22edddc55f714287" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>