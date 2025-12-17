--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f97bcc7ad6740de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f52f619e5545c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R69e72f32f3a644af"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R6d5e134e43a747ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rdfb50dc9762642b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R1cbc8d4108824637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R80710a83f2274d2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69e72f32f3a644af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R65a249c35da34ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R6d5e134e43a747ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdfb50dc9762642b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R1cbc8d4108824637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R80710a83f2274d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>