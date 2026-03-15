--- v1 (2025-12-17)
+++ v2 (2026-03-15)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f52f619e5545c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e632845d18f4b5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Rdfb50dc9762642b3"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R80710a83f2274d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R959276540544455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R5101ef920f82410e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R4ee3df39308748d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdfb50dc9762642b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R1cbc8d4108824637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R80710a83f2274d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R959276540544455c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R5101ef920f82410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R4ee3df39308748d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>