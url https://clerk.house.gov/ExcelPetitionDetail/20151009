--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76127699ae984153" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c3e19c67b254f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R7b08f76e84a245ab"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R19cc0bf8a0c342ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Ra77d0f306e6544ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R06fd750215b64ed4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rf1d7e061836a41a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b08f76e84a245ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R8bd08b63e05749d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R19cc0bf8a0c342ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra77d0f306e6544ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R06fd750215b64ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rf1d7e061836a41a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>