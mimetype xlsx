--- v1 (2025-12-04)
+++ v2 (2026-01-12)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c3e19c67b254f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7186e9a01c845e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="Ra77d0f306e6544ae"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="Rf1d7e061836a41a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R1a942eae58e14796"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R8b75fea8b0af4f41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R119455f29c2644d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra77d0f306e6544ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R06fd750215b64ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="Rf1d7e061836a41a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a942eae58e14796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R8b75fea8b0af4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R119455f29c2644d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>