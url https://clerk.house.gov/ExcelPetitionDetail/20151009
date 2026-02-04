--- v2 (2026-01-12)
+++ v3 (2026-02-04)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7186e9a01c845e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra450ec9f69504118" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R1a942eae58e14796"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R119455f29c2644d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R3baa1376f1064ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="R651c6e6ba99f4357"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R106f2f76a5984419"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a942eae58e14796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R8b75fea8b0af4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R119455f29c2644d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3baa1376f1064ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R651c6e6ba99f4357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R106f2f76a5984419" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>