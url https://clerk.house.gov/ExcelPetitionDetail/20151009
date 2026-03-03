--- v3 (2026-02-04)
+++ v4 (2026-03-03)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra450ec9f69504118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43a4a5609bab4e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R3baa1376f1064ccd"/>
-[...1 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R106f2f76a5984419"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="All Signatures" sheetId="1" r:id="R4282871c626c42fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Removed and Replaced" sheetId="2" r:id="Rc52f61d0f7fd446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Signatures Withdrawn" sheetId="3" r:id="R8a721f363fc745e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3baa1376f1064ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="R651c6e6ba99f4357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R106f2f76a5984419" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4282871c626c42fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rc52f61d0f7fd446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8a721f363fc745e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" customWidth="1"/>
     <x:col min="2" max="2" width="28" customWidth="1"/>
     <x:col min="3" max="3" width="28" customWidth="1"/>
     <x:col min="4" max="4" width="28" customWidth="1"/>
     <x:col min="5" max="5" width="8" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="20" customWidth="1"/>
     <x:col min="8" max="8" width="10" customWidth="1"/>
     <x:col min="9" max="9" width="18" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c t="inlineStr">
         <x:is>
           <x:t>No</x:t>
         </x:is>
       </x:c>
       <x:c t="inlineStr">
         <x:is>